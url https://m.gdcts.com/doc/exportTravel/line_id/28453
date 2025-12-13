--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【新民出行】新加坡+民丹岛六天四晚广州往返丨酷航航空丨红树林之旅丨黄金沙丘丨TIFFANY湖行程单</w:t>
+        <w:t xml:space="preserve">【新民出行】新加坡+民丹岛六天四晚广州往返丨红树林之旅丨粉红清真寺丨TIFFANY湖行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">新加坡</w:t>
+              <w:t xml:space="preserve">民丹岛-新加坡</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -345,51 +345,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 参考航班： TR101 广州 – 新加坡 1040-1500
                 <w:br/>
-                参考航班： TR100 新加坡 – 广州 0530-0930
+                参考航班 ： TR100 新加坡 – 广州 0530-0930
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -400,50 +400,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色：一次出行游两国
                 <w:br/>
                 ★ 新加坡城市游览，领略新加坡多元化的城市风光，感受新加坡四大种族文化交融
                 <w:br/>
                 的特点；特别安排新加坡市区游览，与新加坡亲密接触。
                 <w:br/>
                 ★ 印尼民丹岛传统文化之旅+生态之旅+小城观光，体验印尼风情万种的海岛度假方式，探秘独特的红树林，深入了解岛屿上独一无二的生态体系，领略大自然带给我们的奇特美景
                 <w:br/>
+                <w:br/>
+                亲子玩乐
+                <w:br/>
+                ★ 包含环球影城门票
                 <w:br/>
                 <w:br/>
                 贴心住宿&amp;完美搭配
                 <w:br/>
                 ★ 1晚新加坡网评四星！
                 <w:br/>
                 ★ 3晚民丹岛网评四星！
                 <w:br/>
                 <w:br/>
                 升级美食&amp;精选餐厅
                 <w:br/>
                 ★ 海鲜火锅餐
                 <w:br/>
                 ★ 特别安排正宗印尼风味餐
                 <w:br/>
                 ★ 印尼本地风味餐
                 <w:br/>
                 ★ 品尝南洋风味肉骨茶
                 <w:br/>
                 ★ 风味娘惹风味
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -580,51 +584,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州 - 新加坡 -民丹岛 - 黄金沙丘和TIFFANY湖 - 红树林之旅
+                广州 - 新加坡 -民丹岛 -黄金沙丘和TIFFANY湖 - 红树林之旅
                 <w:br/>
                 于广州白云国际机场集合，乘搭国际航班飞抵著名的花园城市--【新加坡】，然后乘船前往回印尼【民丹岛】（60-120分钟船程）。神秘的【黄金沙丘和TIFFANY湖】，相传南洋时期，掀起一股淘金热，当地百姓纷纷加入采矿队伍，随着淘金热渐渐褪去，这些挖出来没有处理好的沙子，长年累月，日晒雨淋，形成了大大小小的，形状各异的沙丘，最奇特的是沙丘会随着阳光的照耀，折射不同的颜色，放眼望去，好似一片黄金沙漠，还形成了一片片 Tiffany 蓝的小湖泊，许多游客都慕名而来，用沙漠上的海水沾湿额头，寓意幸运降临。还有射箭、卡丁车等多种游乐设施可供游客自行选择。 
                 <w:br/>
                 【红树林之旅】 红树林生态之旅带您回归自然，探索民丹岛度假胜地中的红树林。乘坐快艇顺着河道漫游，可以看到红树林错综密集的根系壮观景象。除了可以在此观赏到各种罕见的野生植物外，还可以近距离观看银叶猴、蜥蜴、翠鸟等珍稀动物让您充分感受原生态自然的魅力。让您有机会亲近大自然。晚餐结束后车送酒店休息。 
                 <w:br/>
                 温馨提示： 
                 <w:br/>
                 1、请提前3小时到达广州白云机场集中。
                 <w:br/>
                 2、新加坡与中国北京时间没有时差，印尼民丹岛比中国北京时间慢1小时。
                 <w:br/>
                 交通：参考航班： TR101 广州 - 新加坡 1040-1500
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -752,69 +756,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 民丹岛：粉红清真寺（外观） - 睡佛庙
                 <w:br/>
                 早上用完早餐后，我们驱车前往【粉紅清真寺】在民丹岛的乡野里，有一座超級夢幻迷人的粉紅清真寺，趁它还没有太多人知道，有机会一定不要错过它。 
                 <w:br/>
-                【国家珍宝馆】印尼号称千岛之国，矿产资源丰富，这个博物馆里收藏了宝石、翡翠、沉香、珊瑚、珍珠、砗磲等供大家欣赏，您可以选购属于自己的心怡物件，它将是您这次旅行的纪念。
-                <w:br/>
                 【睡佛庙】 是—座宁静的寺庙，拥有浮雕和精致的建筑。距六月岛区 40 分钟路程，您会被长16.8 米、高 4 米的巨大佛像所吸引，这使它成为民丹岛最大的睡佛。
                 <w:br/>
-                【乳胶寝具店】了解乳胶原产地的种植、养护、割胶的过程和天然乳胶床垫的特性及功能。
-                <w:br/>
                 推荐自费项目： 
                 <w:br/>
                 【印尼精油 SPA】【350 元/人】（90 分钟）在印尼，最令人享受的就是 SPA 了。面朝大海吹着海风，享受着芳香理疗师那双温柔的双手，以娴熟的按摩手法，配合精油和香熏来促进身体的新陈代谢，为内心囤积的压力、疲惫、惶惑找到一个出口，身、心、灵皆美是现代身处亚健康状态的都市人的梦想。怡人芳香，给人以关怀和抚慰，令您的身、心、灵达到和谐与平衡的享受，让你由内 至外充满生机、神采飞扬。（因身体因素，未满 12 周岁小童不建议参加此项目 ，由导游或领队带领在东海湾自由活动！） 
                 <w:br/>
                 【海鲜大餐】【400 元/人】海域辽阔，海产品非常丰富，这里的海鲜肉质鲜甜肥美且全野生 ，美味 的龙虾，辣蟹、海鱼、海参或 醉虾等 等（菜单已导游推荐为准！）。更有民丹的特产珍珠锣或念做 “Gong Gong”(海蜗牛) ，它只生长在民丹岛和巴淡岛周围。这里的产品物美价廉，品类丰富，尤其是新鲜的海产。
                 <w:br/>
+                <w:br/>
                 温馨提示： 
                 <w:br/>
                 1、请携带长袖衣服，并做好防晒防护，以防紫外线晒伤。
                 <w:br/>
                 2、乘坐快艇或下海时，不可坐船头，必须穿戴救生衣，听从导游安排，若不按规定乘坐，不听导游及船家安排，发生意外身体伤害，旅行社将不承担任何责任。旅客于离岛或海边参与水上活动时，请注意自身安全，患有高血压、心脏衰弱、癫痫、刚动完手术、酒醉、孕妇等恕不适合参加。如因天气原因快艇无法出海，我们将改乘大船前往，如果大船也无法前往，我们将改成陆地其他景点，无退费用，敬请谅解！
                 <w:br/>
-                备注：1、小童2岁以下不能坐船上岛及浮潜，2-12岁以及65周岁-69周岁老人可以坐船上岛，须家属陪同在岛上活动，但不能参加浮潜。
+                备注：
+                <w:br/>
+                1、小童2岁以下不能坐船上岛及浮潜，2-12岁以及65周岁-69周岁老人可以坐船上岛，须家属陪同在岛上活动，但不能参加浮潜。
                 <w:br/>
                 2、70周岁以上不适宜出海（改为沙滩漫步，拍照打卡），其它年龄段具体能否出海，以海军指示为准，浮潜请视个人身体情况决定。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：本地风味餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -852,53 +855,53 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 民丹岛：六月湖郑和雕像 - 六月湾广场 - 码头 - 新加坡：鱼尾狮公园 – 滨海湾花园
                 <w:br/>
                 早餐后，前往民丹岛北部【六月湖+郑和雕像】六月湖是一个风景秀美的淡水湖，占地2.5公顷，位于六月湾指定的旅游区，被葱郁的拉古洼森林和繁茂的热带植物所包围。湖区地理位置优越，步行可达六月湾购物中心，以及应地区的众多度假村和酒店。在这里您可以听听导游的讲解，寻找海上丝绸之路的足迹。1424年，永乐皇帝去世后，并由洪熙皇帝（1424-1425执政）继承，决定减少太监在皇家环境中的影响。郑和在宣德皇帝统治时期（1426-1435执政）进⾏了另⼀次远征，即亚洲和⾮洲的各个地区。而民丹岛是海上丝绸之路的重要节点，贸易港口、华人移民及其传统信仰成为民丹岛海上丝绸之路历史与文化遗产的重要构成。 
                 <w:br/>
                 【六月湾广场Lagoi Bay Plaza】这里是民丹岛度假胜地最大的商场，餐厅，特色纪念品店，spa馆，咖啡馆，您可以在这里漫步，体验东南亚风情的广场。
                 <w:br/>
-                【土产店】印尼各种特色手信。
-[...1 lines deleted...]
-                后送往码头乘船前往【新加坡】（船程约60-120分钟）。前往著名的【鱼尾狮公园】（不少于 45 分钟），坐落于市内新加坡河畔，是新加坡的标志和象征。鱼身，象征着新加坡从小渔村谦卑起步。狮头，则代表了新加坡最早期的名称“Singapura”（新加坡拉），马来语中意指“狮城”。在这里，请您充分发挥您的想象力摆出各种不同造型的 POSE 与鱼尾狮亲密合影吧！周围地带的其他新加坡著名的地标性建筑(外观或车览)： 政府大厦、高等法院、维多利亚剧院、国会大厦、伊丽莎白公园、莱佛士铜像、滨海艺术中心 。
+                后送往码头乘船前往【新加坡】（船程约60-120分钟）。
+                <w:br/>
+                前往著名的【鱼尾狮公园】（不少于 45 分钟），坐落于市内新加坡河畔，是新加坡的标志和象征。鱼身，象征着新加坡从小渔村谦卑起步。狮头，则代表了新加坡最早期的名称“Singapura”（新加坡拉），马来语中意指“狮城”。在这里，请您充分发挥您的想象力摆出各种不同造型的 POSE 与鱼尾狮亲密合影吧！周围地带的其他新加坡著名的地标性建筑(外观或车览)： 政府大厦、高等法院、维多利亚剧院、国会大厦、伊丽莎白公园、莱佛士铜像、滨海艺术中心 。
                 <w:br/>
                 后前往游览著名的【滨海湾花园】（不少于 30 分钟）（特别赠送夜游滨海湾花园+擎天大树灯光秀，此为赠送项目，如遇天气原因或者其他因素，灯光秀暂停或无法参观，改自由活动，敬请谅解！）园中有多棵巨大的超级树，仿佛来到了另一个星球，其实这些树是一座座垂直的花园，外观拍照留念（园内的小门票请自理）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：印尼风味餐     晚餐：肉骨茶/海南鸡饭   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -930,57 +933,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                药油商店 - 节庆大道 -  新加坡 - 星耀樟宜
-[...5 lines deleted...]
-                续乘车前往新加坡机场，行李托运后您可在领队带领下前往【星耀樟宜】，汇聚独一无二的游乐胜地、购物休闲、住宿餐饮、花园景观和航空设施。
+                节庆大道 -环球影城或S•E•A海洋馆&amp;杜莎夫人蜡像馆 - 新加坡 - 星耀樟宜
+                <w:br/>
+                早餐后，前往【节庆大道】接着前往亚洲著名的家庭度假目的地游玩。(共停留约1小时)，这里集吃喝玩乐购及住宿于一身，让时尚年轻一族、全家大小、会奖企业等都可于此欢度悠闲假期，放松身心的好去处。推荐游览：您可以前往节庆大道，一条集购物、餐饮、娱乐于一体的世界级娱乐大道。在此可以选购琳琅满目的世界级的品牌商品；也可以欣赏梦之湖，集合了灯光、水雾、烟火是一场令人叹为观止的特效表演。
+                <w:br/>
+                【环球影城】新加坡环球影城（Universal Studios Singapore）耗资43亿2000万美元兴建，已于2010年3月18日正式开放，它是东南亚首个和唯一的环球影城主题公园。新加坡环球影城总共设有24个游乐设施和景点，包括古埃及、失落的世界和好莱坞大道等七个主题区，重现电影世界的神奇，为游客掀开探险旅程的序幕。斗恶霸、追明星，游客将随着不同电影的剧情，从一个荧幕转移到另一个，沉浸在星光大道的耀眼光芒中
+                <w:br/>
+                或【S.E.A海洋馆】位于新加坡，靠近环球影城，堪称亚洲最大的海洋馆。海洋馆设有49个生态区，汇集众多海洋生物，让游客应接不暇，感概海洋世界的缤纷多彩，适合全家带着孩子前来观赏和学习。 馆内的海洋生物是按地理位置来分布，从卡里马塔海峡和爪哇海、马六甲海峡和安达曼海、孟加拉湾和拉克代夫海、波斯湾和阿拉伯海、红海、东非，到南中国海，完成了跨越全球的海洋旅程。 海洋世界还有几大强力推荐，这里有看似植物，实为细胞动物的五彩珊瑚；俗称魔鬼鱼但却性情温驯的巨大生物鬼蝠魟；凶猛的海鳝、摇曳犹如一幅水墨画的发光水母、可爱的海豚、北太平洋巨型章鱼、“长鼻子”的海龙、凶悍外表优雅气势的鲨鱼群等。【杜莎夫人蜡像馆】新加坡杜莎夫人蜡像馆是非常受欢迎的景点之一, 与名人近距离接触，感受历史与艺术的奇妙交融，与超过80个世界名人近距离“接触”、合影留念，感受与偶像近在咫尺的震撼体验！
                 <w:br/>
                 温馨提示：游览星耀樟宜时，请贵宾安排好时间，遵守集合时间！以免误机！ 
                 <w:br/>
                 返程前请仔细检查自己的行李物品，护照、不要遗漏酒店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1018,51 +1021,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新加坡 - 广州
                 <w:br/>
                 后乘搭国际航班飞往广州机场。航班抵达广州机场后散团，结束愉快的旅程！
                 <w:br/>
-                交通：参考航班 ： TR100 新加坡 – 广州 0530-0930
+                交通：参考航班 ： TR100 新加坡-广州0530-0930
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1187,459 +1190,51 @@
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、除行程表所列之外的个人消费，出入境行李的海关税、行李物品的搬运费、保管费、超重费、航空保险及个人旅游意外保险，不可抗力因素所产生的额外费用（包括飞机延误所产生的费用）等。
                 <w:br/>
                 2、护照费，节假日旺季升幅。
-                <w:br/>
-                3、不含杂费￥1000元/人
               </w:t>
-            </w:r>
-[...404 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1669,57 +1264,55 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
-                1、小童2-11岁以下不占床：+￥1000元/人,（不含酒店早餐，费用自理），占床+￥2000元/人；
-[...5 lines deleted...]
-                4、不含杂费￥1000/人
+                1、小童2-11岁以下不占床：减500/人，（不含酒店早餐，费用自理），12岁必占床与成人同价；
+                <w:br/>
+                2、单房差1300/人；
+                <w:br/>
+                3、未含服务费人民币300/人，印尼落地签人民币300/人
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1784,51 +1377,55 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">请于报名时提供半年以上有效期护照复印件，并保证护照有三页空白页。（指护照有效期＞ 回程时间+6 个月</w:t>
+              <w:t xml:space="preserve">
+                新加坡团队签证：请于报名时提供有效期半年以上并清晰的护照扫描件，并保证护照最少有三页空白页。 
+                <w:br/>
+                客人所持有的护照为非中国大陆护照，请客人自备多次往返中国大陆签证，临时香港、澳门护照(DI、CI 护照)客人不适用印尼落地签。港澳台同胞选择在中国海关出境时，请携带回乡证或其他入境时使用之有效证件出境。持中国护照之客人请出团时自带个人出境护照。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1868,51 +1465,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-15</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2056,79 +1653,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>