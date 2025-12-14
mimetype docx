--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【鹤山碧桂园天麓湖凤凰酒店】江门2天丨赏圭峰山万人枫叶节丨豪叹“环球美食”海鲜自助晚餐行程单</w:t>
+        <w:t xml:space="preserve">【月柿恭城·泉暖西溪】贺州3天丨游醉美黄姚古镇丨独家安排茶山采摘行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250117SP75507346</w:t>
+              <w:t xml:space="preserve">TX-20251120SP38392082</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">江门市</w:t>
+              <w:t xml:space="preserve">贺州市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,114 +345,114 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：（时间仅供参考，实际出发时间以导游通知为准！）
                 <w:br/>
-                08:00流花路中国大酒店对面（越秀公园地铁站C出口）
-[...1 lines deleted...]
-                09:00番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）市区指定范围内15人或以上定点接送番禺指定范围内10人或以上定点接送（下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                07:00番禺基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                08:00越秀区纪念堂地铁C出口
                 <w:br/>
                 下车点：原上车点下车
-                <w:br/>
-[...2 lines deleted...]
-                温馨提示：①请客人准时到达出发集合地点，过时不候。②我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；③车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。④如有多站点，为控制接站时间提高客户满意度，会根据实际情况调整出发时间或安排接驳车、自行打车等....⑤行程中不含餐时 导游会推荐当地特色餐，可供客人自由选择，丰俭由人；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                AAAA圭峰山万人枫叶节～欣赏片片枫叶情
-[...7 lines deleted...]
-                打卡“广东小周庄”逢简水乡
+                行程特色：
+                <w:br/>
+                ★恭城柿子节 欣赏由柿子组成的红色海洋
+                <w:br/>
+                ★漫步茶园 满山漂茶香 群山环抱 体验采茶
+                <w:br/>
+                ★一晚黄姚镇上客栈 游醉美黄姚古镇
+                <w:br/>
+                ★一晚西溪森林温泉度假村·悦泉居泡池房（2池水）
+                <w:br/>
+                ★享原生态森林温泉区 网红无边际泳池
+                <w:br/>
+                ★叹特色养颜宴/西溪养身宴/酒店自助早
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,168 +569,247 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发-圭峰山森林风景区-午餐—入住鹤山碧桂园—晚餐
-[...13 lines deleted...]
-                晚间【【梦幻飘雪草坪音乐会】+放欢乐仙女棒派对（20:00-22:00）
+                第一天：出发--梧州骑楼街--黄姚古镇--酒店 午餐自理           晚餐自理       住黄姚镇上客栈/酒店
+                <w:br/>
+                指定时间指定地点集合前往贺州，游览前往岭南文化和珠江文化的发祥地——梧州自由漫步繁华【中国骑楼博物城】（游览约100分钟）,连绵成片的骑楼，是梧州昔日辉煌繁荣的标志。骑楼街士贾云集，最风光时街上有大小商号1500多家，造就了上万富商。骑楼城最经典的建筑为梧州海关旧址、思达公医院旧址、大同酒店、新西旅社、大东酒家、粤西楼等，最有历史文化底蕴的街道是马王街和金龙巷。骑楼城的中心在骑楼城牌坊至中庭广场，里面展示有赵光、牟子等梧州历史名人雕像；而新西旅店至龙母太庙的防洪堤内墙有一段1.4公里的梧州历史文化长廊，游骑楼城一日便可读懂梧州两千多年历史。
+                <w:br/>
+                午餐自理后前往酒店办理入住。亦可自行前往【黄姚古镇】（门票不含，客人自理，参考价格88元/人）位于广西贺州昭平县东北部，距离贺州市区40公里，距桂林200公里。黄姚古镇方圆3.6公里，属喀斯特地貌。发祥于宋朝年间，有着近1000年历史。黄姚古镇自然景观有八大景二十四小景；保存有寺观庙祠20多座，亭台楼阁10多处，多为明清建筑。比较广为人知的景点有广西省工委旧址，古戏台，安乐寺等。黄姚古镇2007年被国家文物局列为第三批“中国历史文化名镇”；2009年被国家旅游局批准为4A景区。来到黄姚古镇，遇见美好的黄姚情诗！黄姚带着水的灵韵、山的秀挺，拥有着小桥流水的江南雅致，也不乏别样多姿的民族风情；古典而不沉闷，活泼而不喧闹；你的美，如此丰盈，一见便已倾情，眼光，再无法移开。素有“诗境家园”之称。黄姚是有着近千年历史的古镇，发祥于宋朝年间，兴建于明朝万历年间，鼎盛于清朝乾隆年间。由于镇上以黄、姚两姓居多，故名“黄姚”。现已被列为省级风景名胜区。中国历史文化名镇、中国最具旅游价值古城镇、爱国主义教育基地。黄姚古镇山清水秀，三条溪河蜿蜒穿镇而过，静止的民居和动态的流水交相辉映，鲜活的“小桥、流水、人家”般悠远意境就显现在眼前，让人犹如置身梦境家园。古镇景区自然景观有八大景二十四小景，在抗战期间，何香凝、高士其、梁漱溟等大批民主爱国人士在这里留下足迹。被评为“中国历史文化名镇”、“中国最值得外国人去的 50 个地方”。
+                <w:br/>
+                晚餐自理后自由活动。
+                <w:br/>
+                景点：【黄姚古镇】（门票不含，客人自理，参考价格88元/人）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：黄鳝饭     晚餐：海鲜自助晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">黄姚镇上客栈/酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店—古劳水乡—逢简水乡—返程    
-[...7 lines deleted...]
-                集中返回温馨的家，结束愉快旅程。
+                D2、临贺故城--茶业生态观光园—恭城柿子--贺州西溪森林温泉度假村 含早餐           含午餐            晚餐自理                住贺州西溪森林温泉度假村
+                <w:br/>
+                早上享用早餐后，游览【临贺故城】（游览约40分钟）位于贺州市八步区贺街镇，始建于西汉元鼎六年，即公元前111年。故城包括旧县肚城址、洲尾城址、河西古城、河东古城等四个城址、六大古墓群、寺庙二座及宋代营盘一处，内存有大量富于地方特色的古建筑，包括寺庙、祠堂、捕厅、衙门、义仓、会馆、文庙、石板街道、古井、民居、码头及水门等。故城历史脉络清楚，延续时间长，文化内涵丰富，是广西已发现的西汉四大城址中唯一保存完好的历史古城。后游览【孔庙】贺州孔庙位于八步区贺街镇—宗祠文脉特色小镇建设用地85亩在全世界同类孔庙中具有第一大榕树、第一大孔庙广场、第一大明伦堂“，三个世界第一”的地位。孔庙大成殿建在用花岗岩砌筑的台基上，主殿高13.8米，宽35.6米，进深23.8米。大成殿前廊鼎立着8根花岗岩通体石柱，重檐歇山顶，黄琉璃屋面，黄琉璃瓦剪边，殿脊为陡板脊，脊上以博古卷草、熬鱼、宝珠做装饰，殿脊灰塑以人物、花鸟、瑞兽为题材，工艺及色彩均具有传统孔庙建筑的特点和风格
+                <w:br/>
+                前往【茶园】游览将军峰茶业生态观光园位于昭平县西坪村，园区占地250亩。茶园位于山坡地上，群山环抱，林中有茶、茶中有林，常年云雾缭绕，土壤肥沃，空气清新，生态环境优美。茶园种植有福云6号、白毛早、乌牛早、碧香早等品种茶树，以及元宵绿、春波绿、黄金茶、金牡丹等10多个国家认定的无性系优良茶树品种。可以亲身体验茶叶采摘，品味至新鲜的茶语浓香。
+                <w:br/>
+                午餐享用特色养颜宴，后前往【恭城红岩新村柿子节】（游览时间约2小时；如遇村委管制或交通限流等不可抗力原因导致不能参观的，则更改其他免费景点，不作赔偿。若因交通管制需要乘坐换成车，费用参考20元/人，敬请自理）。一路可以欣赏到红红火火的柿子像灯笼一样挂满枝头，点缀漫山遍野，宛如红色的海洋，构成了一幅幅美丽的山水画！（柿子成熟情况视天气而定，以实际为准；柿子不可随意采摘，可以自行购买）。后前往村内自由漫步——滚水坝、梅花桩、竹排风光、平江河畔桂北风格别墅群、瑶寨风雨桥，尽情体验神奇生态瑶乡的无限魅力与风情。
+                <w:br/>
+                前往【贺州西溪森林温泉度假村】：酒店以东南亚风情为主题，装修别具一格打造贺州最好的五星级度假酒店，窗明几净 优雅舒适 富丽堂皇 宾至如归，这就是西溪温泉酒店的特点；设计上融合了原始的大自然元素“质朴的木质内饰”以及“穿插其中的绿植灌木”这些都与“山间温泉”的主要设计理念不谋而合，客人们时常都能够感受到来自古朴乡村的宁静与舒适。下午可以在酒店自由享用800立方泳池，也可以自由浸泡温泉：山环雾绕，树木丛生，温泉错落有致的分布在其中：药池、花池、汤池，共同构成了一幅仙境画卷。在南乡当地的村子中、田间便有汩汩涌动的温泉眼，温泉环绕着村落，生生不息。山顶的无边温泉泳池是整个度假邨的焦点，在这里能够俯览整座温泉酒店而且还能看见最远处古村落的全貌。入住后可自由活动，前往温泉区浸泡温泉或前往网红无边际游泳池畅游。 
+                <w:br/>
+                晚餐自理，后自由活动。
+                <w:br/>
+                （公共温泉区内的儿童水上乐园周末（周六、周日）开放，参考开放时间：10：00-12：00，14：00-18：00，周一至周五不开放（公共温泉区的其他所有游玩项目正常开放），具体开放以酒店实际为准）
+                <w:br/>
+                景点：【恭城红岩新村柿子节】（游览时间约2小时；如遇村委管制或交通限流等不可抗力原因导致不能参观的，则更改其他免费景点，不作赔偿。若因交通管制需要乘坐换成车，费用参考20元/人，敬请自理）
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第三天：自由活动—西溪湿地公园--回程                                        含早餐               含午餐
+                <w:br/>
+                睡醒后自行前往餐厅享用自助早餐（参考时间07：:00—09:30），后自由活动，可自行在大山中自由呼吸新鲜的空气，这里群山峰叠嶂、树林茂盛，葱郁的青山与湛蓝的湖水交辉相映，空气格外清新，有几分世外桃园的韵味。同时也可以在酒店自行泡温泉。或可自行漫步前往【西溪湿地公园】穿过九曲桥、生态养鱼湖，坐看风光无限。
+                <w:br/>
+                午餐享用酒店养生宴后集中返回，结束愉快旅程。
+                <w:br/>
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -777,59 +856,59 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
-                用餐：含2正餐1早餐（团队用餐不用餐不退费）
-[...1 lines deleted...]
-                住宿：鹤山碧桂园酒店标准双人房/大床
+                用餐：含2正2早（10-12人/围；不用餐不退费,行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。）
+                <w:br/>
+                住宿：1晚黄姚住宿（参考酒店：黄姚大酒店、聚龙源或同级）；1晚贺州西溪温泉度假村悦泉居，双/大床，不指定安排
                 <w:br/>
                 导游：提供专业导游服务
                 <w:br/>
-                门票：含行程所列景点第一道大门票（不含电瓶车、园中园门票）
-[...1 lines deleted...]
-                购物：0购物，0自费，0必消
+                门票：含景区第一大门票
+                <w:br/>
+                购物：纯玩无购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -909,74 +988,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1062,51 +1208,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>