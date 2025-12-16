--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【纯净双岛】海南三亚双飞4天｜海花岛｜分界洲岛｜大小洞天｜天涯海角｜万宁日月湾｜东方鱼鳞洲｜每团不超20人行程单</w:t>
+        <w:t xml:space="preserve">【纯净双岛】海南三亚双飞4天｜海花岛｜分界洲岛｜南山文化旅游区｜大小洞天｜天涯海角｜万宁日月湾｜每团不超20人行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">入住1晚海花岛欧式风情酒店</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -357,116 +357,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-三亚CZ6748/06:30-08:20、AQ1113/06:35-08:30
-[...1 lines deleted...]
-                回程：三亚-广州CZ6737/22:10-23:55、AQ1112/22:50-00:25+1，最终航班以实际出票为准
+                去程：广州-三亚AQ1113/06:50-08:40
+                <w:br/>
+                回程：三亚-广州AQ1112/22:30-00:20+1，最终航班以实际出票为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★  广东自组成团，6人铁发，每团不超20人；
                 <w:br/>
-                ★  甄选睡眠：入住1晚海花岛欧式风情酒店·金立国际大酒店，入住2晚三亚网评4钻酒店
+                ★  甄选睡眠：全程入住网评4钻酒店，1晚海花岛欧式城堡风情酒店·金立国际大酒店，海花岛畅玩不限时
                 <w:br/>
                 ★  深度打卡1600亿打造世界文化旅游版图——【海花岛】，双子沙滩/婚礼庄园/风情街/浪漫灯光秀......
                 <w:br/>
                 ★  玩转网红陵水5A岛屿·【分界洲岛】——打卡网红月光古堡/动漫灯塔/海心亭等，花样玩海
                 <w:br/>
                 ★  浪漫三亚从“新”天涯开始——5A【天涯海角】；“三亚小圣托里尼”——【天涯小镇】，集清新与浪漫于一体
                 <w:br/>
                 ★  打卡800年琼崖山水第一名胜——5A【大小洞天】，“三亚小巴厘岛”，网红婚拍圣地
                 <w:br/>
-                ★  走进网红万宁【日月湾】、解锁【东方鱼鳞洲】，“天下第一湾”【亚龙湾.沙滩篝火晚会】燃爆这个夏日
-[...3 lines deleted...]
-                ★  舌尖美食：海南本土特色【糟粕醋火锅】或【养生椰子鸡】
+                ★  礼拜108米海上观音——5A【南山文化旅游区】，身临其境“抱佛脚”、求缘求财求暴富
+                <w:br/>
+                ★  解锁网红万宁【日月湾】，【东方鱼鳞洲】，“天下第一湾”【亚龙湾.沙滩篝火晚会】，【椰梦长廊】看粉色夕阳
+                <w:br/>
+                ★  舌尖美食：海南本土特色【糟粕醋火锅】或【养生椰子鸡】，赠送天涯书局浪漫下午茶
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -585,88 +585,84 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）-儋州（车程约3小时）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1113/06:35-08:30，具体航班时间以实际出票为准），感受美丽鹿城的热带风情。
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1113/06:50-08:40，具体航班时间以实际出票为准），感受美丽鹿城的热带风情。
                 <w:br/>
                 导游接团后，乘车前往【鱼鳞洲】（车程约2小时，时间不少于90分钟），据史料记载，清朝康熙四十年，鱼鳞洲就被列为海南风景名胜之一。鱼鳞洲面临波涛翻滚的大海，奇峰林立，岩石多姿，绿草灌木铺地，长年山花烂漫；海滩上，沙细如末白如雪，松软如绵；海面碧波万顷，浅水小艇穿梭，远海白帆点点，海鸥翔空；海风推波助澜，浪被扑打在石壁上，溅起一堆堆雪白的浪花，沉雷般的涛声轻重有序，节奏均匀。
                 <w:br/>
                 ◆今日午餐不含，赠送前往东方市区，推荐东方四更烤乳猪，东方烤乳猪名店——张家老字号四更烤乳猪（东方市八所镇农科路1-9号）以其色㕿味俱佳脱颖而出，荣获东方十大名菜一等奖，成为东方名不虚传的美食名片。
                 <w:br/>
                 ◆下午登陆【中国海花岛1号岛】（车程约1.5小时），汇聚数百位国内外建筑大师，斥资千亿重构世界文化旅游版图。项目总占地面积约8平方公里，拥有得天独厚的地理优势与生态环境，汇聚了全球28大热门旅游业态，倾力打造集主题乐园、度假酒店、购物美食、会议会展、滨海娱乐、文化演艺等于一体的一站式国际化度假目的地。
                 <w:br/>
                 海花岛游览项目打卡攻略：
                 <w:br/>
                 打卡点1-风情街（免费）：明清风情、徽州风情、东南亚、岭南、地中海、德国黑森林、日本京都、荷兰8个不同风情街）
                 <w:br/>
                 打卡点2-海花岛婚礼庄园（免费）：集欧式、灰调玻璃、粉色系9栋不同风格教堂，于晚上8点和9点有梦幻璀璨灯光秀；
                 <w:br/>
                 打卡点3-观光小火车（费用不含）：坐上观光小火车，沿途欣赏环海艺术小镇的风景，开启一场偶像奇遇记；
                 <w:br/>
                 打卡点4-珍奇特色植物园（费用不含）：培育这各种奇珍植物，行走在美丽的花田花海中央，仿佛在画里一般；
                 <w:br/>
                 打卡点5-博物馆群（费用不含）：拥有八座现代化单体建筑，内容将涵盖艺术、人文、自然、科技等领域；可免费参观（2号馆）装置艺术馆世纪浪潮-未来触觉单元；
                 <w:br/>
-                打卡点6-童世界海洋乐园（费用不含）：内含极地世界、热带雨林、深海梦幻三大生态圈，汇聚白鲸、海狮、企鹅、北极熊、海豚等全球多种海洋生物，展示众多鲨鱼种类，让游客与海洋生物零距离接触，是与海洋生物全方位互动的体验式乐园！
-[...2 lines deleted...]
-                <w:br/>
                 温馨提示：海花岛岛上项目部分为免费开放，部分景区收费，如需游玩请当地自理门票等费用；
                 <w:br/>
                 用餐提醒：晚餐不含，您可自行前往风情街寻觅美食。
                 <w:br/>
                 晚上可自行前往欣赏【灯光秀】。
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
-                3、航班参考：广州-三亚AQ1113/06:35-08:30（换季后AQ1113/07:05-09:00），九元航空AQ含15kg免费托运行李额，最终航班以实际出票为准。
+                3、航班参考：广州-三亚AQ1113/07:00-09:00（06:50-08:40），九元航空AQ含15kg免费托运行李额，最终航班以实际出票为准。
                 <w:br/>
                 4、出于安全考虑：凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-60岁之间）陪同，并签订免责协议；
                 <w:br/>
                 5、18岁以下未成年人参团，必须有成人家属陪同，请谅解。
                 <w:br/>
                 6、单人预定须知：报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 7、海花岛金立国际大酒店如遇政策性不可抗拒因素影响或酒店大型会议满房无法入住，则安排备选酒店，参考：儋州银滩假日酒店（原哈瓦那假日）（岛下）/或升级海花岛欧堡酒店
                 <w:br/>
                 交通：飞机+旅游车
                 <w:br/>
                 景点：东方鱼鳞洲、海花岛
                 <w:br/>
                 自费项：海花岛岛上自费园区项目，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -770,210 +766,210 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：糟粕醋火锅或养生椰子鸡火锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚主推酒店：三亚君锦滨海/椰蓝湾/大东海君亭/子悦金贸花园套房度假酒店/黄河京都/三亚玛瑞纳酒店或不低于以上标准4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚主推酒店：三亚君锦滨海/椰蓝湾/大东海君亭/子悦金贸花园套房度假酒店/碧海金沙/三亚玛瑞纳酒店海/柏栎度假酒店或不低于以上标准4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
                 ◆酒店享用早餐
                 <w:br/>
-                ◆前往游览【大小洞天】（游览时间不少于120分钟），走入大小洞天，映入眼帘的是一个巴厘岛式的天空之境，在这里拍照，石雕和人像倒映在水面上。在门口附近，有布满白鸽的蓝色房子以及造型别致的鸟巢与心型编织藤蔓，每一种都能拍出美美的照片，留下属于这里的大海回忆。走入大小洞天的岩洞中，感受岩洞的清凉，有一种面朝大海的美妙。通往景区的尽头，有一片颇为特别的沙滩，密布着礁石，透过蔚蓝的海水，俯瞰沙滩，更成为一幅颜色丰富的画卷。来到景区标志景点灯塔，守候和指明方向是灯塔的意义，这里也成为了情人们最钟情的景点
-[...5 lines deleted...]
-                ◆晚上赠送前往【三亚火车头万人海鲜广场】，当三亚的夜幕被霓虹点亮，全岛最沸腾的美食地标【三亚火车头万人海鲜广场】正掀起味觉狂欢！这里是本地人私藏的海鲜乌托邦，也是网红、博主、明星镜头里的美食取景地。现捞现做的神仙吃法，让活蹦乱跳的海味在大厨手中迅速变身盛宴，从舌尖到心间都是浓郁海岛风情。这里不仅是美食天堂，更是感受三亚夜生活的绝佳据点。让我们一起奔赴这场专属你的海鲜狂欢，解锁明星同款的舌尖海南！
+                ◆前往游览国家5A景区【南山文化旅游区】（游览时间不少于180分钟，不含景区电瓶车)，景区由不二法门、108米海上观音、南山寺、三十三观音堂等组成，在这里您可以瞻仰世界上最高的海上观音像----108米的海上观音圣像，漫步椰林海岸海天佛国，感受海景园林之美。
+                <w:br/>
+                ◆下午前往游览【大小洞天】（游览时间不少于120分钟），走入大小洞天，映入眼帘的是一个巴厘岛式的天空之境，在这里拍照，石雕和人像倒映在水面上。在门口附近，有布满白鸽的蓝色房子以及造型别致的鸟巢与心型编织藤蔓，每一种都能拍出美美的照片，留下属于这里的大海回忆。走入大小洞天的岩洞中，感受岩洞的清凉，有一种面朝大海的美妙。通往景区的尽头，有一片颇为特别的沙滩，密布着礁石，透过蔚蓝的海水，俯瞰沙滩，更成为一幅颜色丰富的画卷。来到景区标志景点灯塔，守候和指明方向是灯塔的意义，这里也成为了情人们最钟情的景点
+                <w:br/>
+                ◆赠送前往【三亚湾椰梦长廊】，全长20公里，是环三亚湾修建的一条著名的海滨风景大道，有“亚洲第一大道”之称，是以热带海洋风光，中国传统文化、南国民族风情为特点的国际一流避寒和休闲度假胜地。傍晚时分游览椰梦长廊是最具情调的事情。 “三亚湾日落”、“滨海植物景观”、“海月广场”、“豪华酒店及高级别墅区”、“三亚湾夜景”等都是您可以捕捉的镜头。
                 <w:br/>
                 ◆温馨提示：今晚晚餐自理哦！！
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：大小洞天、天涯海角、天涯小镇
+                景点：大小洞天、南山、椰梦长廊
                 <w:br/>
                 自费项：景区电瓶车/园中园项目费用不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：黎苗簸箕餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚主推酒店：三亚君锦滨海/椰蓝湾/大东海君亭/子悦金贸花园套房度假酒店/黄河京都/三亚玛瑞纳酒店或不低于以上标准4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚主推酒店：三亚君锦滨海/椰蓝湾/大东海君亭/子悦金贸花园套房度假酒店/碧海金沙/三亚玛瑞纳酒店海/柏栎度假酒店或不低于以上标准4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70-80分钟）
                 <w:br/>
                 ◆酒店享用早餐
                 <w:br/>
                 ◆参观【三亚亚龙湾国际玫瑰谷】（送电瓶车，时间不少于120分钟）位于三亚市亚龙湾国际旅游度假区内，总占地2755亩，是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的玫瑰谷。（温馨提示：景区内自设有商场等购物场所，此非我司安排购物店，请知悉）
                 <w:br/>
-                ◆午餐后前往游览【鹿回头山顶公园】（游览时间不少于120分钟，不含电瓶车），置身深山之处，鸟语、花香、海浪声，感受最原始的大自然气息，寻找自然与身心交融的和谐。来逐鹿亭和孔雀园，和动物们亲密互动，仿佛身处原始热带雨林的错觉；在观海亭，观赏鹿城醉美夕阳；抬头看着壮观的鹿雕，联想起鹿回头美丽的爱情传说。登上鹿回头山顶，最适合发呆，静待日落。天色明看海，天向晚观落日，天黑可望星辰。
-[...3 lines deleted...]
-                ◆今晚晚餐不含（大东海可逛沙滩、商场、步行街等，交通便利）
+                ◆午餐后前往游览【天涯小镇】（游览时间不少于60分钟）；走到尽头便是一望无际的大海，彷佛进入了一个梦幻的蓝白世界，被很多网友亲切的称为“三亚小圣托里尼”。漫步在这个集清新与浪漫为一体的渔村，你会恍惚觉得自己像是走进了漫画世界里，涂鸦墙、红色指示杆、蓝色门窗……都是最好的拍照背景板。
+                <w:br/>
+                ◆下午游览【天涯海角】（游览时间不少于150分钟），这里海水澄碧， 烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境。
+                <w:br/>
+                赠送【天涯书局浪漫下午茶一份】（如放弃不体验费用不退），藏着诗与远方，浪漫的海边书店，慢品悠闲时光。
                 <w:br/>
                 ◆晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
+                ◆晚上根据航班时间约定送机，结束全部旅程。
+                <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、航班参考：三亚-广州AQ1112/22:50-00:25+1（换季后AQ1112/22:00-23:45），九元航空AQ含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。
+                2、航班参考：三亚-广州AQ1112/22:30-00:20+1，九元航空AQ含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 3、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 4、海南大部分景区均自设有购物商场（基本上为开放式商场），旅行社存在途经商场，并非我司安排购物店，敬请谅解，消费遵循自愿原则。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：亚龙湾玫瑰谷、鹿回头山顶公园、大东海
-[...1 lines deleted...]
-                自费项：鹿回头电瓶车、大东海水上项目不含，消费自愿原则
+                景点：亚龙湾玫瑰谷、天涯海角、天涯小镇
+                <w:br/>
+                自费项：天涯海角电瓶车/园中园项目不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1045,51 +1041,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—三亚往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：全程当地豪华标准酒店双人间（网评4钻），不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。海花岛酒店无法加床，单人请提前补房差。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：含3早4正（早餐酒店含，不用费用不退；部分酒店为五点一粥）；正餐餐标均价30元/正，其中1正特色餐：糟粕醋火锅或养生椰子鸡50元/人（含赠送篝火体验，如放弃不用费用不退）；围桌8-10菜1汤，8-10人1桌，人数增减时，菜量相应增减，但维持餐标不变。团餐用餐如放弃不用，费用不退；低于6人如无法安排用餐，则退餐自理；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                3、用餐：含3早3正（早餐酒店含，不用费用不退；部分酒店为五点一粥）；正餐餐标均价30元/正，其中1正特色餐：糟粕醋火锅或养生椰子鸡50元/人（含赠送篝火体验，如放弃不用费用不退）；围桌8-10菜1汤，8-10人1桌，人数增减时，菜量相应增减，但维持餐标不变。团餐用餐如放弃不用，费用不退；低于6人如无法安排用餐，则退餐自理；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：根据实际人数安排当地5-50座空调旅游车，保证每人一正座；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费；不含全陪；8人以下（含儿童）安排导游兼司机（持导游证+驾驶证服务）；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外），行程中包含的“分界洲岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费，其他均不含，超高门票/早餐费用当地自理；超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 8、购物点：无
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
@@ -1123,245 +1119,52 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
-                9、娱乐项目：导游会推荐晚间自费项目（如三亚千古情演出）等、海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
+                9、娱乐项目：导游会推荐海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 300.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1634,51 +1437,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1822,79 +1625,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>