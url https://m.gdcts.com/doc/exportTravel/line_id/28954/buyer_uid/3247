--- v0 (2025-10-11)
+++ v1 (2025-12-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【温泉直通车】龙门竹溪山景温泉酒店2天丨住酒店园景泡池房丨尊享酒店自助早餐丨无限次室外温泉房间私家泡池（每晚2池水）行程单</w:t>
+        <w:t xml:space="preserve">【温泉直通车】龙门竹溪山景温泉酒店2天行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20241213SP68210678</w:t>
+              <w:t xml:space="preserve">TX-20251130SP68210678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,112 +343,119 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...7 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                上车点： 
+                <w:br/>
+                09：30 纪念堂地铁c出口
+                <w:br/>
+                10：00 杨箕地铁E1出口
+                <w:br/>
+                下车点:纪念堂c出口
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准。
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                入住竹溪山境温泉酒店-园景泡池房
-[...5 lines deleted...]
-                无限次室外温泉
+                行程特色：
+                <w:br/>
+                1、入住竹溪山境温泉酒店-泡池房
+                <w:br/>
+                2、尊享酒店自助早餐、滋味养生午餐
+                <w:br/>
+                3、无限次浸泡18个室外公共温泉池
+                <w:br/>
+                4、阳台私家泡池（每晚2池水，赠送药浴包）
+                <w:br/>
+                10人同时报名赠送麻将任打
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,55 +572,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州——龙门竹溪温泉酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
-[...3 lines deleted...]
-                【惠州竹溪山境温泉酒店】酒店位于惠州市龙门县永汉镇西北靠南昆山余脉，东南玉玉带河绕盘而过，小溪贯穿整个碧桂园项目，是名副其实的“竹溪山境”度假胜地区，地理位置优越，是珠三角的后花园，区域周边交通便利，多条交通干线，与全国交通连接成网。距离广州增城约40分钟车程，距离广州市区约90分钟车程，距离东莞、深圳约90分钟车程。项目毗邻广河高速永汉、沙迳双出口，该高速于2012年通车，为双向四车道。自通车后，大大缩短了项目到周边几大城市广州、深圳、东莞的距离。自该高速通车后带来的南昆山旅游热、温泉旅游热，丰富了广东省的旅游模式，形成了夏天游滨海线、冬季南昆山泡温泉的旅游格局14:00 抵达，安排进入景区拿房（自行交押金300-500元）后自由活动（晚餐自理）（自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）备注：温泉区开放时间酒店通知为准。
+                第1天 广州—龙门竹溪温泉酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
+                <w:br/>
+                09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                <w:br/>
+                【惠州竹溪山境温泉酒店】酒店位于惠州市龙门县永汉镇西北靠南昆山余脉，东南玉玉带河绕盘而过，小溪贯穿整个碧桂园项目，是名副其实的“竹溪山境”度假胜地区。酒店周围环境幽静，空气清新，被誉为“南粤大氧吧’。酒店拥有一百余间客房，其中100间客房更拥有私人温泉池，温泉入户，让您私享舒适静谧的养生度假时光。每一间客房和套房均经过精心设计，拥有宽敞的阳台区域，色彩明亮清新，落地窗外花园与山地景致更是赏心悦目;房内配备一系列现代化设施，50寸高清电视，高速无线网络连接、五星级品质的床上用品，让您感受度假的舒适与惬意。
+                <w:br/>
+                酒店配备500平方米的室外游泳池，包括自由泳池、儿童洗水池;同时有室外温泉池，健身娱乐中心，儿童活动区，为宾客的舒适旅途更添乐趣。备注：温泉区开放数量/时间以酒店实际安排为准。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -645,74 +654,76 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 龙门竹溪温泉酒店—广州（参加3天团的游客第二天全天自由活动）
                 <w:br/>
-                08：00在酒店睡到自然醒，酒店享用早餐
-[...3 lines deleted...]
-                14：00 集合，后统一集中乘车返回广州温馨的家，结束旅程！！！【时间提供参考，实际按当天通知为准】
+                08:00 睡到自然醒，享用早餐。
+                <w:br/>
+                12:00 自理午餐（以价目表包含内容为准）。
+                <w:br/>
+                约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
+                <w:br/>
+                【时间提供参考，实际按当天通知为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -761,53 +772,55 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，一人一正座。
                 <w:br/>
                 2、住宿：龙门竹溪山境温泉酒店园景泡池双/大房（房型不能指定，酒店不设三人房、单人入住需补房差）
                 <w:br/>
-                3、用餐：酒店自助早餐（2天套餐二含午餐、3天赠送含2个午餐）（费用包含的用餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)
-[...1 lines deleted...]
-                4、温泉：无限次温泉5、旅游管家：仅提供接送服务 
+                3、用餐：如行程价目表所示（费用包含的用餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)
+                <w:br/>
+                4、温泉：无限次温泉
+                <w:br/>
+                5、导游：提供专业导游服务
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -905,51 +918,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1107,51 +1120,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>