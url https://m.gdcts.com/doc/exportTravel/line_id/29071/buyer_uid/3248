--- v0 (2025-10-24)
+++ v1 (2026-03-03)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA20250208CG</w:t>
+              <w:t xml:space="preserve">SA20260225CG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,61 +388,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                成团之王, 性价比首选
-[...9 lines deleted...]
-                亲临世界新七大奇迹之一的耶稣基督像+增游里约糖面包山
+                甄选航班，保证拼房，专业领队
+                <w:br/>
+                5大特色
+                <w:br/>
+                *增游世界七大七大奇迹之一的马丘比丘
+                <w:br/>
+                *观光列车开往“天空之城”
+                <w:br/>
+                *世界三大瀑布之一伊瓜苏瀑布
+                <w:br/>
+                *"人类遗产"之城-瓦尔帕莱索
+                <w:br/>
+                *增游里约糖面包山（部分团期）
+                <w:br/>
+                品质升级
+                <w:br/>
+                *4大南美特色风味美食
+                <w:br/>
+                *入住圣古17世纪印加圣古五星酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -568,50 +576,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 国内航班联运地--北京
                 <w:br/>
                 可配联运城市：成都 重庆 贵阳 昆明 绵阳 攀枝花 达县 西安 广州 深圳 上海 杭州 宁波 南京 合肥 温州 无锡 连云港 包头 呼和浩特 青岛 烟台 济南 徐州 武汉 长沙 福州 厦门 沈阳 大连 哈尔滨 长春 佳木斯 齐齐哈尔 南昌 井冈山 张家界 牡丹江 北海 兰州 珠海 湛江 银川 桂林 南宁 赣州 三亚 海口 西宁 汕头
                 <w:br/>
                 <w:br/>
                 参考航班：待定
                 <w:br/>
                 请各位贵宾自行前往北京，入住航司安排的机场酒店（航司赠送）。
                 <w:br/>
+                温馨提示： 
+                <w:br/>
+                1. 联运航班以航司配送为准，请务必乘坐，不可放弃，否则后续所有航班都会被航空公司取消，后果自负。 
+                <w:br/>
+                2. 联运方式、出发日期、时间、航班由航司配送、以航司最终确定为准！
+                <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -724,59 +738,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣保罗--利马（秘鲁）
-[...1 lines deleted...]
-                参考航班： LA8039    GRULIM DK9   1940 2245  飞行5小时5分
+                圣保罗--里约（巴西）
+                <w:br/>
+                参考航班： LA3368     GRUGIG DK9   2015 2115   飞行1小时5分
                 <w:br/>
                 今日早晨抵达巴西圣保罗。导游接机，正式开启南美之旅。
                 <w:br/>
-                上午前往参观世界至大的城市公园之一【伊比拉布埃拉公园】(约1小时），伊比拉布埃拉位于市中心，它是圣保罗第一个也是至重要的公园，也是南美洲参观人数至多的公园！在具有圣保罗特色的建筑和交通中呼吸新鲜空气。公园内有公共建筑、花园、湖泊、运动场、慢跑跑道和博物馆。后前往参观【拓荒者雕塑】(约15分钟）、【护宪革命纪念碑】(远眺）。接着前往【蝙蝠侠胡同】（约30分钟），这是藏在维拉马达莱纳区(Vila Madalena)深处的一条数百米的小巷，巷子从地面到墙上的每一寸都被涂满五颜六色的涂鸦，绝对是拍照圣地。这条著名的巷子吸引了世界各地的涂鸦艺术家，每隔一段时间都会有新的涂鸦盖过旧的涂鸦。前往参观亚洲人聚集地—【东方移民商业街】（约15分钟），东方街聚集了很多中国人、日本人以及韩国人，因此这里拥有浓厚的亚洲传统文化气息和各式各样亚洲美食，中午我们将在东方街用餐。
-[...1 lines deleted...]
-                下午前往参观建于十九世纪的【IPIRANGA皇宫】（外观），观赏具有典型欧洲风情的【欧式皇家花园】（停留时间约45分钟）。后乘机飞往利马，抵达后入住酒店休息。
+                上午前往参观世界最大的城市公园之一【伊比拉布埃拉公园】(约1小时），伊比拉布埃拉位于市中心，它是圣保罗第一个也是最重要的公园，也是南美洲参观人数最多的公园！在具有圣保罗特色的建筑和交通中呼吸新鲜空气。公园内有公共建筑、花园、湖泊、运动场、慢跑跑道和博物馆。后前往参观【拓荒者雕塑】(约15分钟）、【护宪革命纪念碑】(远眺）。接着往参观亚洲人聚集地—【东方移民商业街】（约15分钟），东方街聚集了很多中国人、日本人以及韩国人，因此这里拥有浓厚的亚洲传统文化气息和各式各样亚洲美食，中午我们将在东方街用餐。
+                <w:br/>
+                下午前往参观建于十九世纪的【IPIRANGA皇宫】（外观），观赏具有典型欧洲风情的【欧式皇家花园】（停留时间约45分钟）。后乘机飞往里约，抵达后入住酒店休息。
                 <w:br/>
                 交通：巴士/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -808,162 +822,158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                利马--库斯科-乌鲁班巴（车程约2小时）
-[...11 lines deleted...]
-                交通：飞机/巴士
+                里约
+                <w:br/>
+                早餐后乘车上【耶稣山】，观赏里约标志雕塑---为纪念巴西独立运动成功而建的张开双臂的【耶稣巨像】，感受耶稣伸开温暖的双臂，呵护大地万物生灵，几乎是不论何时、何地都能从里约市一眼望见。山丘位于海拔2310尺，是观光里约热内卢的最理想地方。外观世界最大的足球场——【马拉卡纳足球场】。
+                <w:br/>
+                下午参观里约特色【天梯大教堂】以及艺术阶梯【塞勒隆台阶】，智利艺术家乔治塞勒隆用从60个国家搜集来的五颜六色的瓷砖、陶片和镜子铺成了一条250级的台阶，这座台阶是来到里约非常著名的摄影景点，美国国家地理频道、花花公子杂志，还有许多著名音乐人如U2、Snoop Dogg的音乐视频都曾在此取景。后漫步著名的情人海滩【科帕卡巴纳海滩】（停留时间大约20分钟），当您漫步在沙滩上,这才算是真正领略到海滩的奇异魅力。沙粒细腻、松软平坦、沙色洁白如雪;近海处永远翻腾着大浪。蓝色的浪谷和白色的浪峰此消彼长，一次次涌来，在阳光下如同一副副鲜艳无比的油画。
+                <w:br/>
+                晚餐特别安排巴西烤肉---“巴西国宴”给您带来舌尖上的极至享受
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：羊驼餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：巴西烤肉   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">高级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                乌鲁班巴-马丘比丘（车程约1.5小时）-库斯科（车程约3.5小时）
-[...5 lines deleted...]
-                交通：火车/巴士
+                里约--圣地亚哥（智利）
+                <w:br/>
+                参考航班：LA771   GIGSCL GK9   1805 2150  飞行4小时50分
+                <w:br/>
+                早餐后我们将驱车前往里约的象征之一【糖面包山】，搭乘宽敞的泡泡电缆车抵达高峰，360°度俯瞰里约全景。糖面包山位于瓜纳巴拉湾的入海口，由两座山丘组成，因为形状酷似做面包的模具，所以得名“糖面包山”，是里约的象征之一。糖面包山高 396 米，登上山顶可将里约全景尽收眼底。搭乘缆车抵达高峰后，体验360º 的全景视觉盛宴——往北弗拉门戈海滨公园全景尽收眼底，向南科帕卡瓦讷海滩近在咫尺；东面耶稣基督像令人肃然起敬，西边大西洋海平面浩荡无垠。接着沿【海滨大道】继续游览【二战烈士纪念碑】等。后前往机场，乘机飞往智利首都圣地亚哥。抵达后入住酒店休息。
+                <w:br/>
+                交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">高级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -974,78 +984,80 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                库斯科--圣地亚哥
-[...7 lines deleted...]
-                交通：飞机/巴士
+                圣地亚哥—瓦尔帕莱索（车程约1.5小时）—圣地亚哥
+                <w:br/>
+                上午驱车前往距圣地亚哥 120 公里外的具有“海上葡萄园”和“天堂之路”的美称的南美太平洋岸的重要港口-【瓦尔帕莱索】，2003 年瓦尔帕莱索进入世界遗产名录。沿途，我们将参观智利著名的【VALMOND葡萄园】了解智利葡萄酒的特点。到瓦尔帕莱索之后我们将去参观【国会大厦】、【港口】（军港及货港）岸边观看停泊在港湾的各种【智利军舰】， 前往【工艺品市场】和【山顶观景台】。独家安排瓦尔帕莱索【有轨缆车】，最佳角度观看南太平洋。瓦尔帕莱索不同寻常的缆车系统（高度倾斜缆车），至今已有 200 多年的历史，是世界一百个濒危历史文化宝藏之一。19 世纪起人们便开始着手打造这一上
+                <w:br/>
+                下山坡的交通系统，尽管目前上下城区有了更方便的交通设施，但它仍是独具地方特色的交通工具，因此政府仍然保留了 15 部左右的缆车以供游人体验，以此来回味当年瓦尔帕莱索上上下下的瞬间。
+                <w:br/>
+                下午继续前往海滨花园城市【威尼亚】，威尼亚市有“海上葡萄园之称”，因城市位于太平洋沿岸及市内建设很多面积广大的花园而得名。午餐将享用海鲜自助餐---品种多样美味的中西合璧自助餐。
+                <w:br/>
+                后前往维尼亚市中心观赏唯一的一尊从复活节岛运来的【复活节岛人头像】，接着前往海边漫步，沿着海边欣赏10里长滩，傍晚乘车返回圣地亚哥。
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：海鲜自助餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">高级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1056,81 +1068,81 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣地亚哥—瓦尔帕莱索（车程约1.5小时）—圣地亚哥
-[...10 lines deleted...]
-                交通：巴士
+                圣地亚哥--库斯科-乌鲁班巴（车程约2个小时）
+                <w:br/>
+                参考航班：LA2367   SCLCUZ GK9   1440 1715 飞行3小时35分   
+                <w:br/>
+                <w:br/>
+                圣地亚哥市区精华游，参观包括【圣地亚哥市政府】，建立于西班牙统治时代的【圣地亚哥中央大教堂】及【中央邮局】等。后前往【圣母山】游览，这是圣地亚哥最具标志性的地标之一，位于城市中心。你可以选择搭乘缆车或步行上山，从山顶俯瞰整个城市美景，观赏雄伟的白色【玛利亚像】，也可以看到安地斯山连绵的山峰。后前往机场，飞往库斯科，入住酒店。
+                <w:br/>
+                晚餐安排羊驼餐---在古城里面享用呆萌草泥马的别样风味。
+                <w:br/>
+                备注：库斯科及马丘比丘为高原地区，海拔在2800－3200米左右，抵达上述地区首先保证充分的睡眠，在下机前可食少量糖果，到酒店可饮古卡叶茶，一切动作放慢，不可饮酒及过饱饮食，避免太热水洗澡。机场及各大酒店均备有氧气供高山症状严重者使用。
+                <w:br/>
+                交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：海鲜自助餐     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：羊驼餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">高级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1141,78 +1153,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣地亚哥--布宜（阿根廷）
-[...7 lines deleted...]
-                交通：飞机/巴士
+                乌鲁班巴（车程约2小时）-马丘比丘（车程约1.5小时）-库斯科
+                <w:br/>
+                今日开启马丘比丘探秘之旅。早上我们将从欧雁台火车站乘坐【豪华天窗观光火车】（约1.5小时）前往热水镇，火车是全景车厢360度的观景视角，能让你将沿途乌鲁班巴河和圣古的美景一览无遗，沿途山峦云雾缭绕，恍若仙境，不时还能看到梯田和印加古道。车厢中舒适的皮质座椅和精致的美食，也会让你的整段行程充满愉悦。抵达热水镇，转乘巴士前往景区，步行上山游览被选为世界7大奇观的印加帝国遗址【马丘比丘】（游览时间约2小时）。马丘比丘整个遗址高耸在海拔约2350米的悬崖峭壁上，是秘鲁著名的前哥伦布时期印加帝国在15世纪建造的遗迹。古城在16世纪西班牙统治者入侵和印加帝国的没落时期被遗弃，在随后的4个世纪被人遗忘。直到1911年，耶鲁大学教授Hiram Bingham在寻找印加帝国最后一个首都Vilcabamba时歪打正着发现了这个当时已被原始森林覆盖的城市，然后通过国家地理杂志介绍给了世界。1983年，马丘比丘古神庙被联合国教科文组织批准为文化和自然双重遗产列入《世界遗产名录》，它亦被称为“世界新七大奇迹之一”。
+                <w:br/>
+                备注：今日具体行程和用餐顺序会根据购买的火车票时间而定，实际行程以出团通知为准。今日行程较为辛苦，还请谅解！
+                <w:br/>
+                交通：火车/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">高级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1223,55 +1233,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布宜—科洛尼亚（乌拉圭）—布宜
-[...3 lines deleted...]
-                交通：客船/巴士
+                库斯科--利马
+                <w:br/>
+                参考航班：LA2018 L   CUZLIM GK9   0950 1120飞行1小时30分
+                <w:br/>
+                上午前往库斯科，搭乘飞机前往利马。
+                <w:br/>
+                下午前往已被定为世界文化遗产的利马老城区市区观光：参观【武器广场】、【总统府】（外观）、【利马大教堂】、【圣马丁广场】等，这些都是来自当地及旧大陆的工艺师们所协力完成的建筑瑰宝，将西班牙统治时期的荣华表露无遗。
+                <w:br/>
+                交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1301,78 +1315,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布宜--里约（巴西）
-[...5 lines deleted...]
-                后乘机前往巴西里约，抵达后入住酒店休息。
+                利马--布宜（阿根廷）
+                <w:br/>
+                参考航班：LA2369   LIMAEP DK9  1215 1835 飞行4小时30分
+                <w:br/>
+                今日结束秘鲁的旅程，上午前往机场乘机飞往阿根廷首都【布宜诺斯艾利斯】。抵达后入住酒店休息。
+                <w:br/>
+                【布宜诺斯艾利斯】位于拉普拉塔河南岸，是阿根廷的最大城市，拉美第三大都会区。该城市为中南美最欧洲化的城市，阿根廷探戈发源于此，2007年被评为全球第三最美的城市。布宜诺斯艾利斯风景秀美，空气清新，气候宜人，素有“南美洲巴黎”的美誉。
                 <w:br/>
                 交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">高级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1383,59 +1397,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                里约
-[...7 lines deleted...]
-                交通：巴士
+                布宜—科洛尼亚（乌拉圭）—布宜
+                <w:br/>
+                清晨乘车前往码头乘船（约1小时），前往与阿根廷隔河相望的【科洛尼亚】。这座葡萄牙风情的海边古镇带着其独有的韵味和文化气息，整个老城区已被联合国教科文组织定为“人类文化遗产”。沿途欣赏优美的乌拉圭风光。中午享用当地特色餐，您可以静静欣赏专属这座浪漫古镇的浪漫气息。漫步【科洛尼亚老城区】，入内参观【市中心教堂】、游览【1811广场】、【叹息街】、【坎坡门】等。傍晚乘船返回布宜。晚餐后入住布宜酒店休息。如有兴致，今晚可自费观看阿根廷探戈舞---来一场阿根廷国粹的视觉盛宴。
+                <w:br/>
+                交通：客船/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1465,57 +1475,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                里约--伊瓜苏
-[...5 lines deleted...]
-                后前往机场，乘机飞往巴西伊瓜苏。抵达后入住酒店休息。
+                布宜--伊瓜苏（阿根廷）-伊瓜苏（巴西）
+                <w:br/>
+                参考航班： AR1788  AEPIGR 1630 1825  飞行1小时55分
+                <w:br/>
+                早餐后我们将特别安排参观世界三大剧院之一的【科隆剧院】（外观），细细品味这座剧院的独特魅力。剧场内华丽的入口大厅和精致的玻璃穹顶以及精美的装潢，印证了“南美巴黎”名不虚传。顶级的音响系统，吸引了世界上大多数的歌剧艺术家和指挥家到此演出。参观世界最宽的【七九大道】、为纪念阿根廷从西班牙获得解放而建的【独立纪念碑】、【国会广场】、外观欣赏【布宜诺斯艾利斯大教堂】、【总统府(玫瑰宫)】,玫瑰宫是阿根廷总统府的别称，因它的外墙漆成玫瑰粉红色，气派典雅，是阿根廷人的喜称。游览【百年书店-El Ateneo】，阿根廷的老字号连锁书店，被评为“全世界第二美丽的书店”，这栋上百年的建筑原本是歌剧院（Teatro Gran Splendid），之后便改造成了El Ateneo书店。后乘机前往阿根廷伊瓜苏，过境到巴西伊瓜苏，入住酒店。
                 <w:br/>
                 交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1549,59 +1557,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 伊瓜苏--圣保罗
                 <w:br/>
-                参考航班：G31123  IGUGRU 1955  2150 飞行1小时55分
-[...7 lines deleted...]
-                下午乘机前往圣保罗，抵达后入住酒店休息。
+                参考航班：G31123   IGUGRU 2020  2215飞行1小时50分
+                <w:br/>
+                早餐后乘车前往巴西段【伊瓜苏国家公园】参观，该瀑布是世界上最宽的瀑布，位于阿根廷与巴西边界上。瀑布为马蹄形，高82米，宽4公里。1984年，被联合国教科文组织列为世界自然遗产，游览由275个瀑布组成的瀑布群，乘电梯进入栈道置身于飞流直下波涛汹涌的宏伟景观之中。
+                <w:br/>
+                后前往参观【伊瓜苏鸟园】，号称“百鸟天堂”，伊瓜苏鸟园坐落在世界第一宽的伊瓜苏瀑布旁边，鸟园的大门不太显眼，很容易让人错过，游客很难想到在这个不显眼的门里面，是如此的别有洞天，简直是一个鸟儿的王国，鸟儿数量之多堪称世界之最。后乘机前往圣保罗，抵达后入住酒店休息。
+                <w:br/>
+                午餐安排在伊瓜苏瀑布景区餐厅用餐。
                 <w:br/>
                 交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：伊瓜苏瀑布旁边的餐厅用餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1905,137 +1911,143 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.机票：全程机票经济舱；
-[...7 lines deleted...]
-                5.门票：全程景点首道门票（耶稣山、面包山、巴西伊瓜苏瀑布、伊瓜苏鸟园，科洛尼亚船票、马丘比丘门票以及火车票等）；
+                1.机票：全程机票经济舱（赠送国内联运到的北京的航班）；
+                <w:br/>
+                2.酒店：全程均为4星酒店及山地特色酒店（2人1间，具有独立卫生间，空调）；
+                <w:br/>
+                3.用车：行程所列游览期间空调旅行车, 保证一人一正座；
+                <w:br/>
+                4.餐食：行程所列餐费（转候机及自由活动期间除外），全程每日酒店西式早餐，午、晚餐为中式餐食（用餐标准为10人8菜1汤）或当地餐或特色餐；
+                <w:br/>
+                5.门票：行程所列景点首道门票（耶稣山、面包山、巴西伊瓜苏瀑布、伊瓜苏鸟园，科洛尼亚船票、马丘比丘观光火车票及景区门票）；
                 <w:br/>
                 6.司导：全程领队、中文导游以及当地司机；
                 <w:br/>
                 7.水：每人每天一瓶水；
                 <w:br/>
-                8.保险：旅游意外险（本公司强烈建议旅客自行购买更全面的保险）；
-[...1 lines deleted...]
-                9.特色餐：巴西烤肉餐、伊瓜苏瀑布餐、智利海鲜餐、秘鲁羊驼餐；
+                8.保险：价值30万元的旅游意外保险（本公司强烈建议旅客自行购买更全面的保险）；
+                <w:br/>
+                9.特色餐：巴西烤肉餐、伊瓜苏瀑布景区餐厅、智利海鲜餐、秘鲁羊驼餐；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.此行程需自备美国签证；报名并参加我司旅行团的客人，巴西/阿根廷签证仅须支付基本签证费:        巴西签证1200元/人/次，阿根廷电子签成本 400美金/人/次; （随团费支付）
-[...21 lines deleted...]
-                12.单房差11晚RMB 4000/人；
+                1.此行程需自备美国签证；
+                <w:br/>
+                说明：持有效美国签证可免签秘鲁与智利（美国签证有效期半年以上）、乌拉圭（美国签证有效期一年以上）；
+                <w:br/>
+                2.巴西签证费用800元/人，受巴西领馆委托，现通知申请人可自已递送巴西签证或委托我司代送巴西签证。注：领管保留客人本人前往领事馆签字的权利。（请随团费支付）
+                <w:br/>
+                3.全程司导服务费1500元/人（请随团费支付）
+                <w:br/>
+                4.额外游览用车超时费（导游和司机每天正常工作时间不超过10小时，如超时需加收超时费）；
+                <w:br/>
+                5.因调整航空燃油价格而导致机票价格上升，需另外补交燃油升幅的差价；
+                <w:br/>
+                6.护照费、EVUS美签电子登记费用、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
+                <w:br/>
+                7.出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
+                <w:br/>
+                8.旅途中飞机/火车/船只等交通工具的等候及转乘时的用餐；
+                <w:br/>
+                9.客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自由活动期间交通费；
+                <w:br/>
+                10.行程中未提到的其它费用：如特殊门票、游船（轮）、缆车、地铁票、公交票等费用；
+                <w:br/>
+                11.因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。特别提醒：因以上不可抗力因素而额外产生费用的，均需要客人自行承担。
+                <w:br/>
+                12.因自身原因滞留、违约、自身过错、自由活动期间内或自身疾病引起的人身和财产损失；
+                <w:br/>
+                13.单房差RMB 5000/人；(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差（如因客人在团上调整与他人拼住，费用不退！）；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准；占床儿童或小童按成人价收取；
+                <w:br/>
+                特别提醒：因不可抗力因素而额外产生费用的，均需要客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2318,185 +2330,193 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.本社有权根据景点节假日休息时间调整行程游览先后顺序，但游览内容不会减少，标准不会降低；但由于客观因素限制确实无法安排的，本社将根据实际情况进行调整，敬请理解与配合；
                 <w:br/>
-                2.行程景点实际游览最短时间，以行程中标注时间为准；
-[...5 lines deleted...]
-                5.行程中所列航班号、火车班次、客船班次及时间仅供参考，航空、火车、船公司会临时就实际情况做出调整的可能；时间后缀+1是指第二天抵达。
+                2.行程中出发时间及车程均为参考，导游在不减少景点的前提下，可能根据路况及当时实际情况对景点顺序及出 发时间进行合理调整。
+                <w:br/>
+                3.行程景点实际游览最短时间，以行程中标注时间为准；
+                <w:br/>
+                4.为利于行程合理安排，抵达当天直接开始游览的团队早餐将在飞机上用餐，行程均不含早餐，上午12点后（含11点）抵达的航班，行程均不含午餐；
+                <w:br/>
+                5.根据国际航班团队搭乘要求，团队通常须提前4-4.5小时到达机场办理登机手续，故国际段航班回程在当地下午17点前（含17点）、晚间23点前（含23点）起飞的，行程均不含午餐或晚餐；
+                <w:br/>
+                6.行程中所列航班号、火车班次、客船班次及时间仅供参考，航空、火车、船公司会临时就实际情况做出调整的可能；实际起飞及抵达时间以出票为准，南美内陆段经常发生时间变动， 如因此产生行程上的调整，我们会提前通知客人。 时间后缀+1是指第二天抵达。
+                <w:br/>
+                阿根廷段布宜-大冰川-火地岛-布宜内陆段航班，因季节性原因机场发生航班时刻变动，根据实际可预定到的 机票时间，在不减少景点的前提下，可能会调整大冰川及火地岛两地的前后顺序。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.未送签，如因游客自身原因取消，收取机票定金；
-[...13 lines deleted...]
-                8.如游客持中华人民共和国护照因私护照无效或有效期不足6个月等原因造成无法出行的，损失由游客自理，我社将视为游客自行取消出团处理。
+                客人落实行程时，需收取CNY20000/人的定金，以便保留位置
+                <w:br/>
+                1.请于行程出发前60日付清尾款，如未按时付清，则视同主动放弃预订行程； 
+                <w:br/>
+                2.行程开始前59日至45日取消，支付旅游费用总额30%的违约金； 
+                <w:br/>
+                3.行程开始前44日至30日取消，支付旅游费用总额50%的违约金； 
+                <w:br/>
+                4.行程开始前29日至16日取消，支付旅游费用总额70%的违约金； 
+                <w:br/>
+                行程开始前15日内取消，支付旅游费用总额100%的违约金；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴西	巴西签证所需资料（常规）：①个人资料表；②有效护照原件（若有旧护照也需提供）；③2寸白底照片2张；④6个月纪录的银行流水对账单（最后一笔交易记录日期需是送签日10天之内的）⑤中英文在职证明原件/营业执照盖章（退休则提供退休证原件）⑥若夫妻同去需提供结婚证复印件；
                 <w:br/>
-                PS：持香港护照可免签入境巴西。
-[...11 lines deleted...]
-                PS：持美国绿卡者需办理乌拉圭签证方可入境！
+                PS：持香港/澳门/新西兰/护照可免签入境巴西。
+                <w:br/>
+                美国/加拿大/澳大利亚护照需要办理电子签
+                <w:br/>
+                阿根廷	持有效期6个月及以上的美国B1/B2类型签证可免签入境阿根廷。
+                <w:br/>
+                PS：持香港/澳门/新西兰/美国/加拿大/澳大利亚护照可免签入境阿根廷。
+                <w:br/>
+                （部分客人须申请阿根廷纸质签证：如持美国绿卡者/台湾护照）
+                <w:br/>
+                乌拉圭	持有有效期一年及以上的美国、加拿大和英国签证、欧盟或申根签的中国公民和持香港护照、澳门护照者可以免签入境乌拉圭。
+                <w:br/>
+                PS：持香港/澳门/新西兰/美国/加拿大/澳大利亚护照可免签入境乌拉圭。
+                <w:br/>
+                持美国绿卡者/台湾护照需办理乌拉圭签证方可入境！
                 <w:br/>
                 智利	持有有效期6个月及以上的美国、加拿大签证的中国公民和持香港护照、澳门护照、美国绿卡者可以免签入境智利。
                 <w:br/>
-                秘鲁	持有有效期6个月及以上的美国、加拿大、英国及北爱尔兰、澳大利亚或申根签证，或在这些国家和地区有长期居留证的中国公民，或持香港护照者 可以免签入境秘鲁。
-[...1 lines deleted...]
-                PS：持澳门护照者需办理秘鲁签证！
+                PS：持香港/澳门/新西兰/美国/加拿大/台湾护照可免签入境智利。
+                <w:br/>
+                澳大利亚护照需要申请E-VISA（电子签），加拿大枫叶卡不能免签入境！
+                <w:br/>
+                秘鲁	持有有效期6个月及以上的美国、加拿大、英国及澳大利亚或申根成员国签证，或具有以上国家永久居留权的中国公民，或持香港护照者可以免签入境秘鲁。
+                <w:br/>
+                PS：持香港/台湾/新西兰/美国/加拿大/澳大利亚护照可免签入境秘鲁。
+                <w:br/>
+                持澳门护照者需办理秘鲁签证！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2507,51 +2527,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.我社已为游客购买旅游意外险，本司强烈建议游客根据个人情况，自行购买更全面的旅游保险；
                 <w:br/>
                 2.旅游意外伤害险不包括航班延误或取消、游客自身携带疾病、旧病复发，且在出团日前180天内未经过治疗的疾病（如心脏病复发、高血压、糖尿病并发症、移植手术复发、孕妇、精神病发作等）；
                 <w:br/>
                 3.游客在签订旅游合同时应将实际身体情况告知旅行社，如个别游客患有传染性疾病或危及他人健康之疾病，旅行社有权拒绝游客出团或终止游客随团，所交费用按游客违约处理；
                 <w:br/>
                 4.老年人特别说明：出境游长线舟车劳顿，为团友身体健康状况考虑，80岁以上老人及其他身体条件不不太适宜长途飞行的团友，请权衡自身身体条件选择参加的团队，敬请理解；
                 <w:br/>
-                5.65岁以上老人请提供健康证明并自行增加购买适合高龄游客参团的相应高额保险。为明确老年人身体健康状况，请65岁老年人出团前签署健康承诺函及需有亲友的陪同下参团。
+                65岁以上老人请提供健康证明并自行增加购买适合高龄游客参团的相应高额保险。为明确老年人身体健康状况，请65岁老年人出团前签署健康承诺函及需有亲友的陪同下参团。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2563,50 +2583,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行程中所列酒店星级标准为当地酒店评定标准，不同于国内酒店星级评判标准，与国内相同星级的酒店规模、设施、服务上都有一定差距（大约要低0.5~1个星级），且南美酒店不参与星级评定，请客人多理解。
                 <w:br/>
                 2.境外单间大床房较少，实际房间情况视酒店当日入住情况，酒店可能提供双床标房作为单人间；
                 <w:br/>
                 3.酒店不提供热水，如团友喜欢喝茶，请自带加热壶，以及自用的牙膏、牙刷、拖鞋、防晒用品和雨具等；
                 <w:br/>
                 4. 入住酒店注意检查酒店为你所配备的用品是否齐全，有无破损，如有不全或破损，请立即向酒店服务员或导游报告；
                 <w:br/>
                 5.凡使用宾馆的电话、传真、收费电视、小冰箱中的饮料，费用自理。
+                <w:br/>
+                友情提示拼住客人：由于是散客拼团，我社无法保证跟您拼住的客人是否有特殊的睡眠习惯，比如打鼾、磨 牙、说梦话、开灯睡觉、房间内饮酒等，可能会影响到您的休息，导致影响您整个旅游期间的状态；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -2647,51 +2669,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>