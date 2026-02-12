--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -729,57 +729,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【济州】方舟教会，山茶花之丘-注1，柱状节理，偶来市场 注1：山茶花每年11月-次年2月，花季受天气影响，以现场实际情况为准
-[...1 lines deleted...]
-                早餐后，前往【方舟教会】（游览时间约45分钟），旅日建筑大师尹丹润的作品，教会的建筑外观大气非凡，从远处看方舟教会四周的水池的水平线，神奇的与大海似乎连在一起。而建筑顶部则像鱼鳞的色泽一样，闪着银色、灰色、黑色等各种光芒，像极了一个旋转彩球在不停的变换着颜色。游客们可以不考虑宗教方面的因素，尽是欣赏建筑就能令人惊叹。前往【山茶花之丘】（游览时间约45分钟）济州的冬，让山茶花成了最暖的诗。寒风吹不散枝头的艳，朱红、粉白的花瓣裹着晨雾，在枯木与冷风中傲然舒展。火山岩旁，一丛丛山茶顶着薄霜，嫩蕊凝着细碎的光，不与春芳争艳，只在凛冬里悄悄吐香。(注：赏花情况因季节/天气影响而可能有所不同，敬请见谅。）
+                【济州】方舟教堂，山茶花之丘-注1，柱状节理，偶来市场 注1：山茶花每年11月-次年2月，花季受天气影响，以现场实际情况为准
+                <w:br/>
+                早餐后，前往【方舟教堂】（游览时间约45分钟），旅日建筑大师尹丹润的作品，教会的建筑外观大气非凡，从远处看方舟教会四周的水池的水平线，神奇的与大海似乎连在一起。而建筑顶部则像鱼鳞的色泽一样，闪着银色、灰色、黑色等各种光芒，像极了一个旋转彩球在不停的变换着颜色。游客们可以不考虑宗教方面的因素，尽是欣赏建筑就能令人惊叹。前往【山茶花之丘】（游览时间约45分钟）济州的冬，让山茶花成了最暖的诗。寒风吹不散枝头的艳，朱红、粉白的花瓣裹着晨雾，在枯木与冷风中傲然舒展。火山岩旁，一丛丛山茶顶着薄霜，嫩蕊凝着细碎的光，不与春芳争艳，只在凛冬里悄悄吐香。(注：赏花情况因季节/天气影响而可能有所不同，敬请见谅。）
                 <w:br/>
                 前往【柱状节理带】（游览时间约30分钟）是济州岛的标志性自然景观之一，是汉拿山火山喷发后的熔岩流入大海急速冷却形成的玄武岩石柱群。这些石柱呈四边形或六边形，高度可达30至40米，宽度约1000米，规模宏大，形态壮观。前往【偶来市场】（游览时间约40分钟）济州西归浦每日偶来市场是兼具传统烟火与现代便利，能一站式品尝特色美食、选购特产纪念品的济州代表性传统市场；后入住酒店。
                 <w:br/>
-                景点：方舟教会，山茶花之丘，柱状节理，偶来市场
+                景点：方舟教堂，山茶花之丘，柱状节理，偶来市场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：韩式嫩豆腐汤锅+紫米饭     晚餐：人参炖鸡+长寿面   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -2438,51 +2438,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>