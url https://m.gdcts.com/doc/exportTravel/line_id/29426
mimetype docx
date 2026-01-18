--- v0 (2025-12-14)
+++ v1 (2026-01-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">GX-202501202-Ｖ5</w:t>
+              <w:t xml:space="preserve">GX-20260106-Ｖ5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -943,57 +943,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                喀什（车程约2小时）达瓦昆沙漠（车程约2小时）莎车老城-莎车
-[...1 lines deleted...]
-                早餐后，前往【西域驼绒文化馆】（游览时间2小时），参观驼绒新疆棉文化馆，了解兵团历史回忆兵团建设那段峥嵘岁月，广州市政府援疆的一个扶贫项目，馆内展示有兵团建设历史，援疆企业成果，新疆本土民族乐器，新疆少数民族服装，驼绒文化、新疆长绒棉等；前往游览【达瓦昆沙漠】（含门票，游览时间约2小时） 被称为“中国沙漠风景旅游之乡”。景区有面积2万多亩的天然流动湖泊水面，有200万亩沙漠环绕湖泊，可谓沙水相依，碧波荡漾。在这坦荡的大漠中，乘一峰骆驼观日出日落胸中自有一番豪迈。而伫足大漠边、面积达1000平方米的达斯坦古城宫殿遗址，每当大风过后，从流沙中露出的红、黄、蓝色的陶片和年代久远的古币，让人在怀古幽静中又有几分寻宝的惊喜。感受各个景点、民间流传的美丽动人的故事。游览结束后，前往莎车，抵达后游览【莎车老城】（游览约2小时）一个莎车国，半部新疆史，中华上下5000年，莎车就有3000年，它曾是西域三十六国莎车古国，是叶尔羌汗国的都城，更是古丝绸之路上见证东西方文明激荡与交融的要冲；莎车的魅力远不止厚重的历史有着浓郁的中亚风情。后前往酒店入住。
+                喀什（车程约1.5小时）英吉沙杏花（车程约2小时）莎车老城-莎车
+                <w:br/>
+                早餐后，前往【西域驼绒文化馆】（游览时间2小时），参观驼绒新疆棉文化馆，了解兵团历史回忆兵团建设那段峥嵘岁月，广州市政府援疆的一个扶贫项目，馆内展示有兵团建设历史，援疆企业成果，新疆本土民族乐器，新疆少数民族服装，驼绒文化、新疆长绒棉等；乘车出发前往【英吉沙县赏杏花】（游览约2小时）该县是著名的“中国色买提杏之乡”，也是创多项吉尼斯世界纪录的高空王子阿迪力的故乡。每年的三月底四月初正是杏花盛开的季节，英吉沙县29.5万亩杏花争相吐艳，湛蓝色的天空与杏花树下绿油油的小麦相辉映。杏花飘香，醉人心脾（杏花花期约每年3月下旬4月上旬，如未遇花期，则改去【土陶村】，费用不增不减），后抵达游览【莎车老城】（游览约2小时）一个莎车国，半部新疆史，中华上下5000年，莎车就有3000年，它曾是西域三十六国莎车古国，是叶尔羌汗国的都城，更是古丝绸之路上见证东西方文明激荡与交融的要冲；莎车的魅力远不止厚重的历史有着浓郁的中亚风情。后前往酒店入住。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、杏花花期约每年3月下旬4月上旬，如未遇花期则【英吉沙杏花】置换为【土陶村】土陶制作是当地世代传承的民族工艺，也是国家级非物质文化遗产，欣赏传统匠人的制作工艺和审美艺术。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【达瓦昆沙漠】【莎车老城】
+                景点：【英吉沙县赏杏花】【莎车老城】
                 <w:br/>
                 购物点：【西域驼绒文化馆】（游览时间2小时）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1147,51 +1151,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">喀什柏纳酒店(妇幼保健院店)、喀什格雅政务店或同级</w:t>
+              <w:t xml:space="preserve">喀什凤栖梧、漫心酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1911,51 +1915,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>