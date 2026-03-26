--- v0 (2025-12-15)
+++ v1 (2026-03-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【增城赏花】增城1天 | 寻找绿野仙踪 | 增城挂绿湖 | 百花古寺 | 大埔围村 | 荔枝木烧鸡宴行程单</w:t>
+        <w:t xml:space="preserve">【增城1天】增城百花古寺丨漫步大埔围村丨打卡荔湖公园行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250114SP65930663</w:t>
+              <w:t xml:space="preserve">TX-20260326SP10318364</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,121 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...9 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                出发上车点：
+                <w:br/>
+                09：00纪念堂地铁站C出口
+                <w:br/>
+                09:30白云公园（白云公园地铁C/D出口）
+                <w:br/>
+                跟团游下车点：纪念堂
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★游增城挂绿湖湿地公园-打卡“枯枝树”+“孤独树”适合拍照留念！
-[...5 lines deleted...]
-                ★品尝增城特色菜 荔枝木烧鸡宴！
+                ★参观百花古寺，感受千年古刹的历史与文化!
+                <w:br/>
+                ★可参与寺庙的祈福活动，体验宁静氛围!
+                <w:br/>
+                ★漫步大埔围村，欣赏田园风光，了解客家文化!
+                <w:br/>
+                ★拍照打卡:荔湖公园风景优美，适合拍照留念!
                 <w:br/>
                 ★绝不走购物点。真正的纯玩，逍遥自在！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -569,82 +576,84 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发—增城百花古寺-大埔围村-午餐-挂绿湖--返程
+                出发—【百花古寺】-【大埔围村】—午餐自理—【荔湖公园】--【返程 】
                 <w:br/>
                 早上集中广州出发，沿路接齐各位贵宾后出发，乘车前往增城百花古寺（参观约 1 小时）
                 <w:br/>
                 【百花寺】白花寺、白花古寺，民国十年版《增城县志》仍称“白花寺”，近些年来重建时被改为“百花古寺”，故名百花寺位于增城区宁西街道辖内，又名百花古寺。前身为莲花书院，东汉明帝十一年（68）建，当地有“未有增城，先有白花”传说。莲花书院是增城最早的文化教育场所，明神宗万历七年（1578），百花书院遭到毁坏，书院始改建为白花寺。
                 <w:br/>
                 随后乘车前往增城【大埔围村】大埔围美丽乡村景区,国家 3A 级旅游景区。位于广州市增城区增江街，是广州市最东部，紧贴广汕公路，与惠州市博罗县、东莞市石龙镇相邻，交通便利。大埔围村占地面积约 2.3 平方公里，下辖 6 个自然村，9 个经济合作社，户籍人口 323 户，共 1068 人，中共党员 45 人。大埔围村是增城革命老区、爱国主义教育基地，是广州市第二批“美丽乡村”建设试点村。大埔围美丽乡村景区管委会致力把大埔围景区打造成集观光旅游、农林种植、农耕文化、科普教育、爱国主义教育、会议培训、婚庆摄影、手工体验、户外运动为一体的乡村农林综合型休闲观光景点。
                 <w:br/>
                 约12：30前往附近农家餐厅【午餐】享用当地农家菜，后乘车前往游览【增城挂绿湖】湿地公园位于总面积7000亩，其中湿地面积400亩，湖心岛面积3600亩，总绿化面积约22万平方米。挂绿湖周边种植了30多万株苗木，种植的树种有木棉、紫花风铃木、人面子、凤凰木、竹节树、花叶芦苇等。与童话故事《绿野仙踪》中的树林、草地、花果等美好场景有着异曲同工之妙的挂绿湖。步入湖边栈道，专心地等着鱼儿上钩的，把父母甩在身后笑着奔跑的孩子，坐在草地上野餐的一家老小，天空中偶而成群飞过鹭鸟，无一不让人感受到惬意与美好~仿佛置身在童话世界里~
                 <w:br/>
                 游览后返回广州，结束愉快行程！
                 <w:br/>
                 以上行程仅供参考，景点游览顺序、游览时间安排可能会因天气、路况等原因做相应调整，敬请谅解。
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -689,57 +698,66 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：按实际参团人数安排空调旅游巴士，每人1正座2、用餐：1正餐（均为包含套餐，不用均无费用退）；（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
-[...5 lines deleted...]
-                5、购物点：0购物
+                大小同价：69元/人
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2.景点：含景点第一大门票（园中园景点自理）
+                <w:br/>
+                3.餐：全程不含餐。
+                <w:br/>
+                行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                <w:br/>
+                4.导游：含全程优秀导游服务；
+                <w:br/>
+                6、购物：无购物。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -819,179 +837,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                收客年龄年龄层次：本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。
-[...23 lines deleted...]
-                12、旅行社强烈建议出行游客购买个人旅游意外保险。
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、游客报名时，请提供准确姓名及有效证件号码（包括但不限于：有效期内的身份证/护照/户口本/出生证/回乡证等复印件）；出发当日，请游客携带有效证件原件出发，如因缺失证件造成的损失，由游客承担，敬请留意。
-[...56 lines deleted...]
-                20）基于旅游体验的特殊性，若客人在行程中对任何旅游服务质量存有异议，请立即向导游提出，以便旅行社能及时核查及采取补救措施，若客人没有及时提出或擅自解决而导致旅行社错过补救解决机会的，由此产生的扩大损失由客人自行承担。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1032,51 +1012,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>