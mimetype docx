--- v0 (2025-10-22)
+++ v1 (2026-03-03)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                CZ2105/0850-1135
-[...1 lines deleted...]
-                版纳-广州CZ2130/1925-2155或版纳-广州CZ2104/2200-0045
+                去程:广州-版纳AQ1041/0640-0945
+                <w:br/>
+                回程:版纳-广州AQ1042/2210-0035
                 <w:br/>
                 仅供参考，以实际出票为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1044,59 +1044,61 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.门票：含行程所列景区首道大门票，不含未注明景区小交通费用（特别提示：①由于云南旅游景点多为提前制卡制度，一旦制卡费用已产生无法申退，故制卡后不退门票费用。②因我社门票是旅行社团体采购的优惠打包价，已低于各类优惠卡数值，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策，无费用可退，不受理任何优惠门票退费申请。③由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。
                 <w:br/>
-                2.住宿：全程指定酒店，每个成人一个床位，每两个成人一个普通标间，若指定大床房在标单同价的情况下可以满足，若   酒店标单有差价或指定升级房型的情况需额外补足差价。
+                2.住宿：全程指定酒店，每个成人一个床位，每两个成人一个普通标间，若指定大床房在标单同价的情况下可以满足，若酒店标单有差价或指定升级房型的情况需额外补足差价。
                 <w:br/>
                 3.餐饮：全程4早餐6正餐。早餐均为酒店含早，不用补退费；4正餐餐标40元餐标，2餐特色餐50元餐标。云南餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.用车：根据收客人数安排车型，确保每人1正座。
                 <w:br/>
                 5.航班：含始发地至景洪往返机票（团队票开出后不得签转、更改及退票），含机场建设费，燃油税。
                 <w:br/>
                 导游：10成人以上安排地陪导游，10成人以下师兼向导。
+                <w:br/>
+                6、儿童价仅含：2-12周岁儿童：含始发地至版纳往返机票（含燃油税）、旅游汽车费、正餐餐费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1109,50 +1111,54 @@
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 4、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 5、1.自理项目：景区小交通：原始森林电瓶车60元/人，植物园电瓶车50元/人，大佛寺单程电瓶车40元/人。野象谷单程索道50元/人，往返70元/人，自理游玩项目-280元/套：《澜沧江.湄公河之夜》或《澜沧江游船》《勐巴拉纳西篝火晚会》/《多哥水篝火晚会》
+                <w:br/>
+                6、儿童价仅含：2-12周岁儿童：含始发地至版纳往返机票（含燃油税）、旅游汽车费、正餐餐费。
+                <w:br/>
+                儿童价不含：门票、床位、早餐费（早餐费按入住酒店收费规定，由家长现付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1235,117 +1241,50 @@
                 3）脑血管疾病患者，如脑栓塞、脑出血、脑肿瘤等病人；
                 <w:br/>
                 4）呼吸系统疾病患者，如肺气肿、肺心病等病人；
                 <w:br/>
                 5）精神病患者，如癫痫及各种精神病人；
                 <w:br/>
                 6）严重贫血病患者，如血红蛋白量水平在50克/升以下的病人；
                 <w:br/>
                 7）大中型手术的恢复期病患者；
                 <w:br/>
                 8）孕妇及行动不便者。
                 <w:br/>
                 B.未满18周岁及老年旅游者预订提示：
                 <w:br/>
                 1）未满18周岁的旅游者请由家属陪同参团，因服务能力所限，无法接待18周岁以下旅游者单独报名出游，敬请谅解。
                 <w:br/>
                 2）70-75周岁人群需提交三甲医院的体检报告且有70岁以下家属陪同，需签署免责并购买对应的旅游意外保险方可出游。
                 <w:br/>
                 3）因服务能力所限，无法接待75周岁及以上、台胞及持护照客人报名出游，敬请谅解。
                 <w:br/>
                 12、失信人特别通知及提示：失信人意为“失信被执行人”，由国家最高人民法院发布。失信人不得乘坐飞机、火车卧铺、高铁及动车。请游客报团前一定要自行查询好是否为失信人！如游客属于失信人而报团时没有向旅行社提前说明，报名后旅行社为保留客人机票位置向航空公司支付了机票定金（或全款），失信人的机票费用将全额损失，只能退税，产生的所有损失由客人自行承担！国家最高人民法院失信人查询网站如下： http://shixin.court.gov.cn/，客人报团前可到该网站进行查询！因客人失信人身份产生的实际损失（机票、房费、车费、导服费用等等）需要由客人承担。
                 <w:br/>
                 13、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理。
                 <w:br/>
                 14、请游客（报名人及报名人代表之参团的全体同行人）请游客报名时认真阅读此行程每一点，一经报名，双方签字或盖章之日起，即表明合同及行程签订人及同行人已认真阅读此行程并同意相关约定条款，同意其作为《广东省国内旅游组团合同》、《报名表及补充约定》之附件。
-              </w:t>
-[...65 lines deleted...]
-                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1386,51 +1325,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>