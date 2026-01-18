--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【清远长隆森林王国】清远2天 | 遇见非洲 | 禾雀花基地 | 食足3餐 | 住宿升级 | 清远新地标行程单</w:t>
+        <w:t xml:space="preserve">【豪叹美思61楼云端国际自助餐】东莞1天丨东莞虎门历史古迹行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250126SP80721645</w:t>
+              <w:t xml:space="preserve">TX-20251222SP39511116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">清远市</w:t>
+              <w:t xml:space="preserve">东莞市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,112 +345,116 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
-                8:00 越秀公园地铁站C出口
-[...5 lines deleted...]
-                原上车点下车市区指定范围内15人或以上定点接送花都指定范围内10人或以上定点接送（下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                08:00团一大广场地铁站A出口
+                <w:br/>
+                09：00基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                下车点：团一大广场地铁站/番禺广场
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、清远长隆森林王国项目“惊喜”颇多 看动物大迁徙不再需要远行
-[...7 lines deleted...]
-                5、入住中凯华府酒店享受70方的套房或者希尔顿欢朋酒店
+                行程特色：
+                <w:br/>
+                *至尊豪叹 61楼云端国际豪华海鲜自助午餐
+                <w:br/>
+                *豪叹三文鱼 特色大羊排 鲜虾 海鲜等
+                <w:br/>
+                *重温中国近代史“第一课” 鸦片战争博物馆
+                <w:br/>
+                *古典私家园林  百蝠晖春 夏日风情-粤晖园
+                <w:br/>
+                *觉醒之地 英雄之门 穿越历史  东莞虎门炮台
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,170 +571,83 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天出发—清远长隆—午餐自理—晚餐—中凯华府酒店/希尔顿欢朋酒店
-[...11 lines deleted...]
-                晚餐后中凯华府/希尔顿欢朋酒店办理入住。酒店拥有清新脱俗的中餐厅及9间风格各异的厅房，优雅精致的西餐厅、典雅舒适的大堂吧；酒店会议设施齐备，大小会议室及宴会场地共计约2000平方米，宴会大厅配备360英寸高清晰LED显示屏及高科技通讯设备，可同时容纳1000人举行会议，并配有同声传译、多媒体演示、会议跟踪服务系统等先进视听、音响设备；酒店现拥有约400个停车位，并配有健身中心、棋牌室、美容美发室、空中花园等休闲娱乐设施，满足不同宾客的各种需求
+                第一天：广州----粤晖园--午餐--虎门炮台---鸦片战争博物馆---返程     含：午餐
+                <w:br/>
+                早上于指定地点集中出发，乘坐旅游巴士前往【粤晖园】（车程约1小时，游玩约1.5小时）,粤晖园旅游景区为国家AAA级旅游景区，景区占地50万平方米，是中国最大的古典私家园林，建筑风格以仿明清建筑为主。景区巧引东江活水，河、湖、溪、澜纵横交错，荡漾在2000多米的榕荫水道，两岸奇花异树，青翠欲滴，极尽婉约柔美。它重现了岭南古建筑的神韵，是岭南园林的代表之作,,东部景区以一条长二千米的东江河水道为轴线，两旁是一个个古朴自然的建筑群，有泰来楼、南韵馆、香云外、粤晖茶庄等；南北部景区横跨河道中部，依次为东正门、百蝠晖春、蘩楼。其中，蘩楼是园中的主体建筑，气势宏伟。从东正门景区后可以看到的就是整个粤晖园最重要的景点“百蝠晖春”，它是全国最大的一幅砖雕，据说用了1600万块砖，耗时2年才得以完成。砖雕的主体乃一巨型蝠王，另有四只略小蝠王盘旋于蝠王左右，寓意着五福临门。南韵楼上有粤剧博物馆，介绍了粤剧的发展。游玩过园林后可以游船、烧烤、钓鱼，这里挺适合亲友聚会的。整体而言，粤晖园作为岭南风格的私家园林建筑很值得一看，它的布局精妙,杨柳依依，蕴含着清雅别致的古韵遗风。
+                <w:br/>
+                11:30前往东莞虎门【美思酒店61楼云端国际自助餐】（车程约50分钟），享用午餐--【美思酒店61楼豪华海鲜自助晚餐】豪叹三文鱼 特色大羊排 鲜虾 海鲜等，海之光自助餐厅位于东莞上空61 层，融合法国小酒馆风格，有5间开放厨房供应亚洲自助餐及国际美食，拥有360度景观可俯瞰城市全景；储藏丰富的酒窖为客人用餐增添愉悦。
+                <w:br/>
+                随后前往游览【鸦片战争博物馆】（车程约10分钟，游览约1.5小时）鸦片战争博物馆坐落于虎门镇解放路88号，是纪念性和遗址性相结合的专题博物馆，是鸦片战争时期的历史见证，林则徐销烟池旧址位于馆区内，此外还设有抗英雕像、林则徐塑像、虎门销化鸦片纪念碑、具有炮台神韵的陈列大楼。馆舍仿古炮台的立面设计，雄伟庄严。院内南侧是当年林则徐销毁鸦片时所开挖的销烟池。鸦片战争博物馆藏品类别包含石质类、玉石器、陶器、瓷器、铜器、铁器、其他金属器、竹木漆器、纺织品、皮质类、牙骨器、林则徐书法、通草画、铜版画、其他类展品。涉及销烟池的木桩、木板；林则徐手书的对联、条幅；抗英时用过的武器；当年缴获英军的洋枪、洋炮等珍贵的实物资料。历史图照1310幅，油画、工笔画等艺术品120幅，截至2019年末，鸦片战争博物馆共有藏品数8045件/套，其中珍贵文物258件/套。2004年1月，鸦片战争博物馆被国家旅游局评为“国家AAAA旅游景区”。2020年12月，鸦片战争博物馆被评定为第四批国家一级博物馆。
+                <w:br/>
+                随后前往【东莞虎门炮台】（车程约20分钟，游览约1.5小时）东莞虎门炮台坐落于广东省东莞市虎门镇珠江口东岸，是中国近代史上极具标志性的海防要塞，也是虎门销烟的重要历史见证地。作为由沙角炮台、威远炮台、靖远炮台、镇远炮台等多个炮台组成的庞大防御体系，总占地面积约1.2万平方米，这里曾是明清至近代扼守珠江口的“海上屏障”，见证了虎门销烟的壮举与鸦片战争的烽火，承载着中华民族反抗外来侵略、追求民族独立的厚重记忆。如今，虎门炮台已是全国重点文物保护单位、全国爱国主义教育示范基地，集“历史遗迹保护、海防文化展示、爱国主义教育”于一体，成为岭南大地传承红色基因、培育家国情怀的核心阵地，被誉为“珠江口上的历史丰碑”，东莞虎门炮台的独特价值，在于它既是保存近代海防历史的“活化石”，也是传承爱国精神的“精神家园”。这里的每一尊古炮、每一处遗迹，都见证了中华民族反抗外来侵略的坚韧不屈，承载着“不畏强敌、英勇抗争、爱国奉献”的精神内核。如今，它早已超越了历史遗迹的范畴，成为培育家国情怀、凝聚民族力量的重要载体。无论是研学求知的学生、追寻初心的党员，还是缅怀历史的群众，都能在这里接受心灵的洗礼，汲取奋进的力量。作为东莞文旅的“红色名片”，虎门炮台让爱国精神在代代传承中永不褪色，成为岭南大地“有厚度、有温度、有力量”的历史文化地标。
+                <w:br/>
+                16:00 结束愉快行程，乘车返回广州！（车程约1小时）
+                <w:br/>
+                <w:br/>
+                --------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】--------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
-[...87 lines deleted...]
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -775,108 +692,112 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：根据实际人数安排45-53座旅游空调车，保证一人一个正座
-[...9 lines deleted...]
-                导游：提供导游服务（广州接团清远送团）
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2.用餐：1美思酒店云端国际自助海鲜午餐（1正餐为包含的餐，不食用无费用退）；
+                <w:br/>
+                3.景点：行程表内所列的景点第一道门票；
+                <w:br/>
+                4.导游：提供专业导游服务；
+                <w:br/>
+                5.购物：无
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动）</w:t>
+              <w:t xml:space="preserve">
+                1.行程中一切个人消费自理。
+                <w:br/>
+                2.强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3.行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -903,102 +824,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店不设3人房间，单人出行需补房差，中凯华府房差100元/个，希尔顿房差150元/个。如报名儿童身高与实到儿童身高不符，超高费用客人自理。
-[...1 lines deleted...]
-                备注说明：本线路仅限75周岁以下游客报名。70-75周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。75周岁以上不便接待，敬请谅解！（以出生年月日为计算基准） 涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                温馨提醒
-[...1 lines deleted...]
-                1、游客报名时，请提供准确姓名及有效证件号码(包括但不限于:有效期内的身份证/护照/户口本/出生证/回乡证等复印件);出发当日，请游客携带有效证件原件出发，如因缺失证件造成的损失，由游客承担，敬请留意。2、由于旺季、节假日或周末路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。3、在行程开始前7日以内客人提出退团的，旅行社按下列标准扣除必要的费用后将余款退还客人:行程开始前6日至4日，按旅游费用总额的20%，行程开始前3日至1日，按旅游费用总额的40%;行程开始当日，按旅游费用总额的60%。如按上述比例扣除的必要的费用低于实际发生的费用，或者客人在行程开始前7日以上，提出解除合同，旅行社应当按实际发生的费用支付，但最高额不应当超过旅游费用总额。4、旅行社会按照本团客人的报名先后顺序统一安排坐车座位。如车上有老弱妇孺需要照顾的，请客人自觉礼让。5、游客报名时，请确保自身身体健康，是否适合参团出游!郑重申明:(1)我社不接受孕妇报名;(2)若参团者有特殊病史(如:间歇性精神病、心脏病和有暴露倾向等精神疾病)，在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担:(3)70岁(含)以上长者参团需签署《长者出行声明书》以及至少一名18-69岁同行人参团，强烈建议旅游者购买相应的个人意外保险，谢谢配合;因接待服务能力所限，无法接待80周岁以上的旅游者报名出游，敬请谅解!我司不接受未成年人里独报名和签订旅游合同。未成年人奓团，必须出其监人刃理报名手续并签订《监护人同意书》(必须手写签名)。监护人一般指其父母，或者下列具有监护能力的人员:①祖父母、外祖父母;②兄、姐(年满十八周岁以上);③ 关系密切的其他亲属、朋友愿意承担监护责任，经未成年人父母的所在单位或者未成年人住所地的居民委员会、村民委员会同意的。报名时，必须出示法定监护人的户口本、身份证原件或复印件，建议未成年人出行购买旅游意外险;失信人又称“失信被执行人”。根据最高人民法院的相关文件，失信人会被限制乘坐火车、飞机、出入境等。请游客报团前一定要自行查询好是否为失信人(全国法院失信被执行人名单信息公布与查询网站如下:http://shixin.court.gov.cn/index.html)，旅行社依法无须承担核实游客失信信息的责任。因游客失信执行人身份产生的包括但不限于机票、房费、车费、导服费用等实际损失，由游客自行承担。6、本行程门票费用是旅行社团队协议价格核算。12周岁以下按成人操作的儿童和持老年证、军官证、学生证、教师证等其他有效证件享受景区散客门票优惠的游客按旅行社团队协议价与散客票优惠价差价退还;如因旅行社原因未参观景点，涉及退票的，按照旅行社团队协议价格退还，不参照景点对外门票价格。敬请注意!7、以上行程仅供参考，旅行社在保证行程标准景点不变的情况下可做出相应的调整，具体以出团通知及当地实际安排为准。8、敬请游客妥善保管好自己的行李物品(尤其现金、贵重物品等)，务必注意自身的人身和财物安全。游客在旅游车内请扣好安全带;为防止意外发生，请勿在行进中的旅游车内奔跑或站立在座位上;请勿在旅游车内喝热饮;贵重物品请随身携带，如有发生财物丢失旅行社不承担赔偿责任。9、旅途中因不可抗力原因导致本合同无法履行，旅行社应当及时通知游客，并采取适当措施防止损失的扩大。遇到非旅行社责任造成的意外情形(如当地政府重大礼宾活动、列车航班延误或取消、景区管理原因或某些线路在某时间段因台风、雷雨季节、洪水、塌方等自然灾害或人力不可抗拒等)，造成团队行程更改、延误、滞留或提前结束时，双方应积极配合处理，协商变更旅游行程。发生费用增减的，增加部分由游客承担，未发生费用旅行社退还游客，旅行社在旅途中可根据实际情况对行程先后顺序作调整，但不影响原定的接待标准及游览景点，敬请知悉。强烈建议旅游者购买相应的个人意外保险。10、旅游行程中旅行社无安排游览活动的时间为游客自由活动事假，自由活动期间请游客选择自己能够控制风险的活动项目，并在自己可控风险的范围内活动。11、旅途中，游客因自身原因离团或不参加行程内的某项团队活动(如酒店、用餐景点等)，旅行社扣除实际产生费用后，将未发生费用余款退还。离团前，需签订离团证明;游客离团、脱团和自由活动期间发生的人身损害、财产损失等事件产生责任由游客自行承担。12、行程赠送项目，因航班、天气等不可抗因素导致不能赠送或游客主动放弃的费用不退。13、旅途中，请游客务必准时集合，以免让其他团友等候，且影响旅游行程。请及时记录地陪、全陪、领队联络号码，出现情况及时与导游沟通，以便及时有效处理14、请游客在出游期间遵守团队纪律，保持仪容仪表整洁。在公众场所请不要大声喧哗，谈吐要有礼;请不要随地乱扔果皮杂物、吐痰;请不要在禁烟的地方吸烟及乱扔烟头;请不要做不雅行为:随意刻画、公众地方梳洗等;请爱护公共场所的设施;不准涉足色情场所及参与赌博。服从全陪、领队、导游旅游安排，遵守出行公约，文明出游。15、紧急报警电话:110;急救中心电话:120。16、出团期间，如发生不可归责于旅行社的意外伤害，旅行社不承担赔偿责任。17、为防止在旅途中水土不服,敬请游客自备一些常用药品，以备不适之需。请勿随意服用他人所提供之食品或药品。18、团中，如有任何团队质量问题，请在当地及时反馈，以便我司及时有效处理;团队结束时，请认真填写游客意见单，您的宝贵意见，有利于我司更好地完善和提高团队接待质量，并且是我司处理旅游投诉的重要依据，谢谢配合!19、行程表为旅游合同附件之一，行程表内容与旅游合同内容冲突之处，以行程表约定内容为准。20、基于旅游体验的特殊性，若客人在行程中对任何旅游服务质量存有异议，请立即向导游提出，以便旅行社能及时核查及采取补救措施，若客人没有及时提出或擅自解决而导致旅行社错过补救解决机会的，由此产生的扩大损失由客人自行承担。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1039,51 +999,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>