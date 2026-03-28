--- v2 (2026-03-07)
+++ v3 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【云起洱畔•丽大】云南丽江大理双飞5天（纯玩0自费）| 丽江古城| 束河古镇| 玉龙雪山冰川大索道 蓝月谷| 大理古城|大理洱海双廊|喜洲古镇-小火车（ 大理进丽江出，升级1晚180°大理海景酒店海景房行程单</w:t>
+        <w:t xml:space="preserve">【云起洱畔•丽大】云南丽江大理双飞5天（纯玩0自费）| 丽江古城| 束河古镇| 玉龙雪山冰川大索道 蓝月谷| 大理古城|大理洱海双廊|喜洲古镇-小火车（ 升级1晚180°大理海景酒店海景房行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -388,75 +388,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ▲ 南航大理进丽江出不走回头路，广东成团，丽江大理纯玩5日游
+                ▲ 丽江往返5天，广东成团，丽江大理纯玩5日游
                 <w:br/>
                 ▲ IP景点：玉龙雪山冰川大索道、大理一线s湾廊道、丽江古城、大理古城
                 <w:br/>
                 ▲ 打卡地标爆红景点：大理双廊古镇+大理s湾洱海廊道骑行+下午茶
                 <w:br/>
                 ▲ 独家资源：洱海筑梦、躺看洱海，海景日出、享大理180度海景酒店海景房
                 <w:br/>
                 ▲ 丽江网评四钻酒店+大理1晚网评四钻
                 <w:br/>
                 ▲ 纯玩1价全含0自费，成人赠送蓝月谷电瓶车+玉龙雪山能量包
                 <w:br/>
                 ▲ 舌尖味道：特别安排独特民族餐宴：丽江火塘鸡，丽江野生菌、大理马帮菜
                 <w:br/>
                 ▲ 赠送安排观看原生态大型实景演出【印象丽江】
                 <w:br/>
                 ▲ 玩转【喜洲古镇-小火车】感受宫崎骏动漫小火车照进现实
                 <w:br/>
                 ▲ 特别安排仪式感拉满----非遗体验：围炉煮茶
                 <w:br/>
                 ▲ 抵达当天：赠送鲜花接机+纳西民族纪念小饰品
                 <w:br/>
                 ▲ 特别安排赠送一晚蜜月夫妻鲜花铺床
                 <w:br/>
-                ▲ 生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）  
+                ▲ 生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）   
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,65 +573,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-大理（约3小时航程） （机场至市区：车程约40KM，行驶约40分钟）
+                广州-丽江-大理（约3小时航程） （机场至市区：车程约40KM，行驶约40分钟）
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
-                从您的城市出发，我们在大理凤仪机场等您前来，接团前往游览大理【双廊古镇】是最适宜人居的小镇，素有“大理风光在苍洱，苍洱风光在双廊”之盛誉.玩在双廊，吃在双廊，双廊就是这样的一个美好的地方，在这一个文艺而特别的地方。
+                从您的城市出发，我们在丽江三义机场等您前来，接团后丽江前往游览大理【双廊古镇】是最适宜人居的小镇，素有“大理风光在苍洱，苍洱风光在双廊”之盛誉.玩在双廊，吃在双廊，双廊就是这样的一个美好的地方，在这一个文艺而特别的地方。
                 <w:br/>
                 行程结束之后，后前往酒店入住酒店内休息度过愉快的下午。令人向往已久的洱海让人不愿早早离去，今天下午就让我们在洱海边一次玩个够，深度体验大理洱海边的迷人风光，在洱海生态廊道，是大理S湾的终点，也是一段非常漂亮的景观路。路两侧，种满了各种植物，湖光山色与绿化景观，交相辉映，构成了一幅美丽的画卷。在这里骑行或漫步，都能感受。赠送洱海绝美海岸线体验【梦幻海湾骑行】蓝天碧海，骑着单车享受海风吹拂，一路风光旖旎，看洱海波光粼粼，湖光山色尽收眼底，感受苍山洱海间的浪漫，文艺感十足。
                 <w:br/>
                 在这里，我们还贴心为您准备了【一线海景酒店下午茶享用时间14：00-17:00】小资精致的甜点小食与特调饮品配上 无敌海景，在味蕾得到满足的同时，自然景色与洱海灵气一并揽入视野，面朝大海与阳光撞个满怀，心情随之明媚，体验感满分。
                 <w:br/>
                 餐：含中餐
                 <w:br/>
                 大理一线海景酒店海景房：云起大理海景酒店或同级
                 <w:br/>
-                备注：大理云起海景酒店，如碰到酒店满房或会议满房、政府征用等因素，入住顺序会根据酒店房态做相应的调整。我社有权在不减少景点和降低服务标准的前提下对行程景点先后游览顺序进行调整，确保海景酒店用房，敬请谅解。行程中所列车程时间、游览时间仅供参考，具体以实际为准！
+                备注：①大理云起海景酒店，如碰到酒店满房或会议满房、政府征用等因素，入住顺序会根据酒店房态做相应的调整。我社有权在不减少景点和降低服务标准的前提下对行程景点先后游览顺序进行调整，确保海景酒店用房，敬请谅解。行程中所列车程时间、游览时间仅供参考，具体以实际为准！
+                <w:br/>
+                ②大理云起海景酒店温馨提示：房间楼层将根据当日房态随机安排，只保证海景房，不支持指定楼层，感谢您的理解与支持。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1. 今日无餐饮安排，大家可自行品尝云南风味小吃，在自由出行时，请您保管好个人财物。
                 <w:br/>
                 2. 报名时请留下你在旅行期间使用的手机号码并保持畅通，方便接机师傅与你联系并在机场出口第一时间接到你。
                 <w:br/>
                 3.初上高原，不适应气候的客人注意休息，避免剧烈运动，昆明昼夜温差较大，注意增添衣物
                 <w:br/>
                 4.双廊的气温总体偏低一点，洱海边更是风大，请做好保暖工作。晴天时双廊阳光、紫外线强烈，建议带遮阳帽、太阳镜。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【特别提示】：
                 <w:br/>
                 1.往返参考航班起飞时间（06：00-23：55航班或直飞丽江或需经停）如有特殊要求，请报名前咨询前台工作人员并书面说明，如无特殊要求，我社按当天团队特惠机位安排，如无法安排，不另通知，以航空公司安排航班时间为准，不可更改；
                 <w:br/>
                 2.为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。望周知！！！
                 <w:br/>
                 交通：飞机，旅游车
                 <w:br/>
                 景点：双廊古镇、洱海骑行
                 <w:br/>
                 到达城市：大理市
               </w:t>
@@ -1464,51 +1466,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>