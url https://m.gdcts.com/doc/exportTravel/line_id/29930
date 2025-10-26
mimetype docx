--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1375,51 +1375,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>