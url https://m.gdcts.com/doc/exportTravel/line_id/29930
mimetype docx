--- v1 (2025-10-26)
+++ v2 (2025-12-15)
@@ -1375,51 +1375,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>