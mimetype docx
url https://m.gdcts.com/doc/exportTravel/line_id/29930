--- v2 (2025-12-15)
+++ v3 (2026-02-26)
@@ -925,50 +925,70 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 原始森林公园→水果市场→乘机返广州（飞行约3小时）
                 <w:br/>
                 上午：后游览【原始森林公园】（车程约30分钟，游览约2.5小时，不含景区电瓶车60元/人）今天让我们走进丰富多彩的植物世界，走进西双版纳原始森林。这里距离西双版纳州府所在地城区仅有8公里。园内有北回归线以南保存最完好的热带沟谷雨林 ，森林覆盖率达百分之九十八 。在这里可以徒步领略热带沟谷雨林的风采，还可以观看傣族泼水活动、观看孔雀放飞、民族歌舞表演、爱伲山寨抢亲活动、九龙瀑布。
                 <w:br/>
                 下午：午餐后，前往【水果批发市场】（晚机航班赠送水果市场），自行选购品尝当地的特色热带水果吧。晚餐自理。
                 <w:br/>
                 晚上：根据航班时间送景洪机场，乘坐飞机返广州，结束愉快的版纳之旅，返回温暖的家！
                 <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                导游会根据行程时间来亲情推荐一些娱乐项目，自愿自费参与：
+                <w:br/>
+                ①《澜沧江•湄公河之夜》参考价格280元/人 
+                <w:br/>
+                汇聚的西双版纳地区首家晚间大型民族风情歌舞篝火晚会，沉淀了十五年，一直在突破。晚会灯光舞美由北京奥运会开幕式团队，国际一流灯光舞美创作大师—沙晓岚亲自操持。是一台将西双版纳原生态少数民族歌舞及东南亚民族风情与现代艺术表现形式相结合的大型演出。
+                <w:br/>
+                ②《夜版纳之傣魅》（338 元/人）
+                <w:br/>
+                沉浸式体验傣式浪漫！一边感受傣族的文化魅力 ，一边享受快乐超燃的勐泐夜生 活！ 民族史诗实景演艺！
+                <w:br/>
+                ③【澜沧江邮轮】参考价格280元/人
+                <w:br/>
+                一场穿越大金三角主题湄公河文化体验，版纳傣族和东南亚双重体验。乘坐“湄公河游船”览沿江风光、赏民族歌舞、品风味美食，迷离星光闪烁，周遭歌谣依旧，仿佛拾起了版纳那些年不老的时光。
+                <w:br/>
+                备注：夜间推荐娱乐属于自愿行为 您可以根据自身需求选择参与喜欢的项目
+                <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1037,57 +1057,59 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.门票：含行程所列景区首道大门票，不含未注明景区小交通费用（特别提示：①由于云南旅游景点多为提前制卡制度，一旦制卡费用已产生无法申退，故制卡后不退门票费用。②因我社门票是旅行社团体采购的优惠打包价，已低于各类优惠卡数值，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策，无费用可退，不受理任何优惠门票退费申请。③由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。
                 <w:br/>
                 2.住宿：全程指定酒店，每个成人一个床位，每两个成人一个普通标间，若指定大床房在标单同价的情况下可以满足，若   酒店标单有差价或指定升级房型的情况需额外补足差价。
                 <w:br/>
-                3.餐饮：全程5早餐6正餐。早餐均为酒店含早，不用补退费；4正餐餐标40元餐标，2餐特色餐50元餐标。云南餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                3.餐饮：全程5早餐6正餐。早餐均为酒店含早，不用补退费；正餐餐标30元餐标，特色餐50元餐标。云南餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.用车：根据收客人数安排车型，确保每人1正座。
                 <w:br/>
                 5.航班：含始发地至景洪往返机票（团队票开出后不得签转、更改及退票），含机场建设费，燃油税。
                 <w:br/>
                 导游：10成人以上安排地陪导游，10成人以下师兼向导。
+                <w:br/>
+                6.小童：2周岁以下婴儿不含任何费用，全部由家长自理；2-11周岁小孩含机位、车位、半价正餐，不占床位、不含门票（超高门票需当地自理）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1098,50 +1120,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 4、不含广州市区到广州白云机场接送，机场集中，机场散团。
+                <w:br/>
+                5、儿童价仅含：2-12周岁儿童：含始发地至版纳往返机票（含燃油税）、旅游汽车费、正餐餐费。
+                <w:br/>
+                6、儿童价不含：门票、床位、早餐费（早餐费按入住酒店收费规定，由家长现付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1291,50 +1317,111 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括：
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                导游会根据行程时间来亲情推荐一些娱乐项目，自愿自费参与：
+                <w:br/>
+                ①《澜沧江•湄公河之夜》参考价格280元/人 
+                <w:br/>
+                汇聚的西双版纳地区首家晚间大型民族风情歌舞篝火晚会，沉淀了十五年，一直在突破。晚会灯光舞美由北京奥运会开幕式团队，国际一流灯光舞美创作大师—沙晓岚亲自操持。是一台将西双版纳原生态少数民族歌舞及东南亚民族风情与现代艺术表现形式相结合的大型演出。
+                <w:br/>
+                ②《夜版纳之傣魅》（338 元/人）
+                <w:br/>
+                沉浸式体验傣式浪漫！一边感受傣族的文化魅力 ，一边享受快乐超燃的勐泐夜生 活！ 民族史诗实景演艺！
+                <w:br/>
+                ③【澜沧江邮轮】参考价格280元/人
+                <w:br/>
+                一场穿越大金三角主题湄公河文化体验，版纳傣族和东南亚双重体验。乘坐“湄公河游船”览沿江风光、赏民族歌舞、品风味美食，迷离星光闪烁，周遭歌谣依旧，仿佛拾起了版纳那些年不老的时光。
+                <w:br/>
+                备注：夜间推荐娱乐属于自愿行为 您可以根据自身需求选择参与喜欢的项目
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1375,51 +1462,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>