--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">格鲁吉亚  深度9日之旅 | 优秀专业领队0购物0自费 | 南航直飞含全国联运   | 巴格拉特大教堂  | 游卡兹别克雪山  | 斯大林故乡  | （URC-CA）行程单</w:t>
+        <w:t xml:space="preserve">【格鲁吉亚一地深度9天】免签 | 乌鲁木齐南航直飞 | 含全国联运 | 0自费0购物 | 冰川 酒窖 黑海童话之旅（URC-CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">G3格鲁吉亚9日之旅</w:t>
+        <w:t xml:space="preserve">G3【格鲁吉亚一地深度9天】</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251103G3UW</w:t>
+              <w:t xml:space="preserve">AA20260406G3UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -357,148 +357,146 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                CZ6039  19:50  21:20  URC/TBS
-[...1 lines deleted...]
-                CZ6040  22:45  07:20+1  TBS/URC
+                CZ6039  19:45  21:20  URC/TBS
+                <w:br/>
+                CZ6040  22:50  07:25+1  TBS/URC
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                格鲁吉亚一地深度9日之旅
-[...9 lines deleted...]
-                世界文化遗产之旅 | 
+                免签直达！冰川、酒窖、黑海
+                <w:br/>
+                格鲁吉亚9天童话之旅
+                <w:br/>
+                产品经理推荐：
+                <w:br/>
+                优选航班｜中国南方航空公司，乌鲁木齐直飞第比利斯，含全国联运
+                <w:br/>
+                舒适酒店｜格鲁吉亚网评四钻酒店，巴统升级2晚5钻酒店
+                <w:br/>
+                世界文化遗产之旅 |
                 <w:br/>
                 巴格拉特大教堂 - 曾为当时大主教主持弥撒的主教堂（1994年）
                 <w:br/>
                 姆茨赫塔-曾是格鲁吉亚土地上最古老的王国伊比里亚的都城（1994年）
                 <w:br/>
                 不可错过的体验 |
                 <w:br/>
-                格鲁吉亚酒庄之旅+酒庄品酒
+                格鲁吉亚酒庄之旅+酒庄品酒+丘奇赫拉小吃
                 <w:br/>
                 第比利斯空中往返缆车
                 <w:br/>
                 游卡兹别克雪山
                 <w:br/>
-                博尔诺米矿泉水城
-[...3 lines deleted...]
-                格鲁吉亚的“巨石阵”-编年史纪念碑
+                格鲁吉亚的“巨石阵”－编年史纪念碑
+                <w:br/>
+                库拉河游船
                 <w:br/>
                 人文之旅 | 斯大林故乡-哥里
                 <w:br/>
-                          斯大林故居、斯大林博物馆、斯大林专列
+                斯大林故居、斯大林博物馆、斯大林专列
                 <w:br/>
                 探索巴统 | 黑海之滨的欧亚风情之旅
                 <w:br/>
-                          Ali &amp; Nino移动雕塑 -感受爱情的伟大与美好
+                Ali&amp; Nino移动雕塑，感受爱情的伟大与美好
                 <w:br/>
                 巴统海滨大道，来一场自由自在的city walk城市漫步之旅
                 <w:br/>
                 美食美刻 | 当地特色餐+中式餐+品酒
                 <w:br/>
                 西格纳吉悬崖餐厅午餐、格鲁吉亚足尖舞表演+特色晚餐、乔治亚烤肉餐
                 <w:br/>
-                巴统黑海海鲜晚餐、格鲁吉亚水煮汤包、中式晚餐（8菜1汤）
+                巴统黑海鱼鲜餐、格鲁吉亚水煮汤包、中式晚餐（8菜1汤）
                 <w:br/>
                 每天每人2瓶矿泉水
                 <w:br/>
-                安心出游 | 优秀专业领队+0购物+0自费
+                安心出游 | 全程专业中文领队护航，0购物0自费
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -620,656 +618,664 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 全国各地   ✈️  乌鲁木齐  ✈️  第比利斯（格鲁吉亚）
                 <w:br/>
                 （中国和格鲁吉亚时差4小时，即中国13点，格鲁吉亚9点，乌鲁木齐飞巴库飞行时间5小时20分）
                 <w:br/>
                 <w:br/>
+                <w:br/>
                 全国各地搭乘中国南方航空公司航班飞往乌鲁木齐（国内航班待定）
                 <w:br/>
-                19：50 搭乘中国南方航空公司CZ6039班机飞往第比利斯，飞行时间5小时30分钟
-[...1 lines deleted...]
-                21：20 抵达第比利斯，导游接机前往酒店入住休息。
+                19:45 搭乘中国南方航空公司CZ6039班机飞往第比利斯，飞行时间5小时35分钟
+                <w:br/>
+                21:20 抵达第比利斯，导游接机前往酒店入住休息。
+                <w:br/>
+                联运航班说明：
+                <w:br/>
+                1、全国联运可配中国南方航空公司实际承运航班。
+                <w:br/>
+                2、若您所在的城市⽆法匹配当天航班需要您提前⼀天抵达乌鲁木齐或是推迟⼀天返回您所在的城市，需自理乌鲁木齐住宿（具体以航空公司批复为准）。
+                <w:br/>
+                3、联运航班时间，航班需以航司批复为准（⼀般提前3—5天可以知晓）。
+                <w:br/>
+                4、国内联运首段必须乘坐。如弃乘首段航班，将会导致后续航班无法乘坐，由此产生的损失后果由游客自行承担。
                 <w:br/>
                 交通：飞机/旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">第比利斯网评4钻酒店  参考酒店：Hotel Astoria Tbilisi或Tbilisi Philharmonic by Mercure Hotel或同级</w:t>
+              <w:t xml:space="preserve">第比利斯网评4钻酒店 参考酒店：Hotel Astoria Tbilisi或Ibis Tbilisi City或Iveria Inn Hotel或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第比利斯  - 西格纳吉 - 第比利斯
                 <w:br/>
-                酒店早餐后，乘车前往【西格纳吉小镇】（行车约1.5小时，游览约60分钟），这是个美丽神秘富有传奇色彩的东部旅游小城，西格纳吉又名皇家镇，是公元前二世纪格鲁吉亚皇室所在地。在这里有24小时都上班的婚姻登记机构，所以西格纳吉又被当地人称之为爱情之城。【古城墙】（外观，约20分钟）老城城墙是18世纪Erekle二世国王修建的，除了六座城门外，还有若干塔楼，此地又名为“皇家镇”。城中教堂至少有三座，最大的是圣乔治教堂。老城建筑多以红砖建造，式样传统，加上生活节奏缓慢，所以城里旧日气息颇重，适合休闲游。
+                酒店早餐后，乘车前往【西格纳吉小镇】（行车约1.5小时，游览约60分钟），这是个美丽神秘富有传奇色彩的东部旅游小城，西格纳吉又名皇家镇，是公元前二世纪格鲁吉亚皇室所在地。在这里有24小时都上班的婚姻登记机构，所以西格纳吉又被当地人称之为爱情之城。【古城墙】（游览约20分钟）老城城墙是18世纪Erekle二世国王修建的，除了六座城门外，还有若干塔楼，此地又名为“皇家镇”。城中教堂至少有三座，最大的是圣乔治教堂。老城建筑多以红砖建造，式样传统，加上生活节奏缓慢，所以城里旧日气息颇重，适合休闲游。
                 <w:br/>
                  午餐特别西格纳吉小镇悬崖观景餐厅享用当地午餐。
                 <w:br/>
-                 午餐后前往【Corporation Kindzmarauli酒庄】（入内游览约1小时+品2款葡萄酒），格鲁吉亚是人类酿制葡萄酒最早出现的地方，已有8000年的历史。当地向导很细心的告诉我们高加索古法酿酒的流程。在历史悠久的酒庄里品尝传统地道的美酒佳肴。Kindzmarauli Marani葡萄园和酿酒厂成立于 2001 年，位于格鲁吉亚历史悠久的葡萄酒产区卡赫季的中心地带。这一独特的地理位置和风土条件使该公司能够生产 20 多种葡萄酒，包括著名的 Kindzmarauli、Mukuzani、Kakhetian Royal 和 Tsinandali 等葡萄酒。
+                 午餐后前往【Corporation Kindzmarauli酒庄】（入内游览约1小时+品4款酒+丘奇赫拉小吃），格鲁吉亚是人类酿制葡萄酒最早出现的地方，已有8000年的历史。当地向导很细心地告诉我们高加索古法酿酒的流程。在历史悠久的酒庄里品尝传统地道的美酒佳肴。Kindzmarauli Marani葡萄园和酿酒厂成立于 2001 年，位于格鲁吉亚历史悠久的葡萄酒产区卡赫季的中心地带。这一独特的地理位置和风土条件使该公司能够生产 20 多种葡萄酒，包括著名的 Kindzmarauli、Mukuzani、Kakhetian Royal 和 Tsinandali 等葡萄酒。
                 <w:br/>
                  之后乘车前往第比利斯（100km，行车约1.5小时），晚餐后入住酒店休息。
                 <w:br/>
                  晚餐特别安排当地特色餐+欣赏格鲁吉亚足尖舞表演：以足尖舞释放热情正是格鲁吉亚舞蹈的特色之一，也是格鲁吉亚舞难度最大的部分，男舞者需要用腿部和脚部力量为基础进行表演，这就要求舞者必须拥有更好的平衡能力和足部力量，所以足尖舞一般由男子来完成，表现男性的勇猛、刚强。传说数千年前，为了追求一位美丽的姑娘，小伙子在音乐的伴奏下，不时用膝盖和足尖在地上快速旋转，就是最早的足尖舞。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内早餐     午餐：悬崖景观餐厅当地午餐     晚餐：足尖舞特色晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">第比利斯网评4钻酒店  Hotel Astoria Tbilisi或Tbilisi Philharmonic by Mercure Hotel或同级</w:t>
+              <w:t xml:space="preserve">第比利斯网评4钻酒店 参考酒店：Hotel Astoria Tbilisi或Ibis Tbilisi City或Iveria Inn Hotel或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第比利斯 - 卡兹别克 - 第比利斯
-[...10 lines deleted...]
-                特殊说明：因冬季高加索山所处海拔较高，空气寒冷，有时会下大雪，如遇冬季大雪封路或封山等客观原因不能前往卡兹别克雪山，取消此雪山修道院及苏格友谊纪念墙，换成第比利斯市区景点，请提前知晓，谢谢您的谅解！
+                第比利斯 - 圣剑山 - 卡兹别克/古多里
+                <w:br/>
+                酒店早餐后，前往【圣剑山（Mt. Mtatsminda）】（行车约1.5小时，游览时间约30分钟），山上伫立着许多巨大的宝剑雕塑，象征着历史中的荣耀与牺牲，直插大地，仿佛守护着这片神圣土地。
+                <w:br/>
+                【军事大道】沿格鲁吉亚军用公路北上，这条公路是连接格鲁吉亚和俄罗斯以及大高加索山脉山地省份的主要运输干道，全长212公里，最初是1801年沙皇亚历山大一世下令为了便于军队在格鲁吉亚和俄罗斯两国之间通行而修建的公路，沿途风景宜人，吸引了众多世界著名的诗人作家来到这里寻找灵感。
+                <w:br/>
+                 乘车前往【安南努利城堡】（Ananuri）（45km，行车约40分钟，入内参观约30分钟），城堡坐落在阿拉格维湖的半山之上，绿宝石般的湖水和蔚蓝的天空，衬托着典雅秀美的古堡，真如同走在童话之中。它曾经是私人军事城堡，它是13世纪Aragvi封建王朝时领主的城堡，也是军事要塞。18世纪Aragvi王朝被推翻，这里随之也被之后的统治者占领，直到19世纪依然是城堡要塞。此城堡由当时的乔治亚领主建于16世纪，目前依旧保持得相当完整。
+                <w:br/>
+                 之后乘车前往【卡兹别克】（135km，行车约2.5小时，含四驱转换车），这是格鲁吉亚的旅游胜地之一，位于高加索山脚下的一个美丽的小镇。换乘小巴士上山，一边在悬崖峭壁上前行，一边欣赏远处雪山的壮丽景色，来到山上的【Gergeti Trinity 修道院（又名圣三一教堂）】（入内参观约30分钟），这是一座当地最著名的圣三一体教堂，教堂所在之处，是俯瞰卡兹别吉全景地方，整个村子都在自己脚下，教堂的对面就是著名的【卡兹别克峰】，这里拥有如油画一般的景色，被誉为是上帝的后花园，它是格鲁吉亚境内大高加索山脉最高峰之一，海拔5033米，翻过这座山就是俄罗斯的北高加索地区。这座双锥形的死火山可以说是高加索各民族的圣山，总是浓墨重彩地出现在旅人的相片里。下山的路上经过【苏格友谊纪念墙Gudauri View Point】（参观约15分钟），色彩斑斓友谊墙在雪上的对比下显得格外显眼，是每个游客的必经打卡处。
+                <w:br/>
+                 之后乘车前往古道理（55km，行车约1小时），抵达后晚餐并入住酒店休息
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：乔治亚烤肉餐     晚餐：中式晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">第比利斯网评4钻酒店   Hotel Astoria Tbilisi或Tbilisi Philharmonic by Mercure Hotel或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：乔治亚烤肉餐     晚餐：当地晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">卡兹别克或古多里网评4钻酒店  参考酒店：Best Western Gudauri或Hotel Carpe Diem Gudauri或Intourist Kazbegi或Memoir Kazbegi或Mountain House Hotel &amp; Restaurant或Hotel Sno Kazbegi或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第比利斯 - 哥里 - 库塔伊西
-[...5 lines deleted...]
-                 随后驱车前往古代科尔基斯王国的首都—【库塔伊西】（146km，行车约2小时）。参观【巴格拉特大教堂】（游览时间约60分钟）：巴格拉特大教堂又名“圣母升天之堂”，始建于10世纪末，完成于11世纪初。教堂建在乌克枚里奥纳山上，宏伟壮观，曾为当时大主教主持弥撒的主教堂。于1994年被列入世界遗产目录。
+                卡兹别克/古多里 - 哥里 - 库塔伊西
+                <w:br/>
+                酒店内早餐，前往苏联领导人【约瑟夫•斯大林的故乡哥里（Gori）】（186km，行车约3小时），哥里是格鲁吉亚的一座古老城镇，早在公元7世纪就已见文献记载。它位于格鲁吉亚中部、东南距首都第比利斯76公里，哥里人自豪地称自己的城市位于“格鲁吉亚的心脏”。
+                <w:br/>
+                 参观【斯大林博物馆】、【斯大林故居】、【斯大林专列】（游览共约1个小时），保留着斯大林幼年所居住的房子，旁边是斯大林博物馆，馆内存放着很多斯大林和他家人的照片，还有和他在一起的那些共产党人，他的书信、报纸之类的文件，里面还展示了他用过的台灯，办公桌椅，他穿过的大皮靴，大军衣等。还有一些各国送给斯大林的生日礼物，其中不乏中国党政机关送到的纪念品，非常值得参观回味。
+                <w:br/>
+                 随后驱车前往古代科尔基斯王国的首都—【库塔伊西】（146km，行车约2小时）。参观【巴格拉特大教堂】（游览时间约1小时）：巴格拉特大教堂又名“圣母升天之堂”，始建于10世纪末，完成于11世纪初。教堂建在乌克枚里奥纳山上，宏伟壮观，曾为当时大主教主持弥撒的主教堂。于1994年被列入世界遗产目录。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：当地午餐     晚餐：当地晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">库塔伊西网评4钻酒店  West Inn Georgia in Kutaisi 或Boutique Hotel Argo 或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：格鲁吉亚水煮汤包     晚餐：酒店晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">库塔伊西网评4钻酒店  参考酒店：Boutique Hotel Argo或Gelati Residence或West Inn Georgia in Kutaisi 或Tskaltubo Plaza或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                库塔伊西 - 巴统
-[...9 lines deleted...]
-                 晚餐享用黑海海鲜料理
+                库塔伊西 - 马特维利大峡谷 - 巴统
+                <w:br/>
+                酒店内早餐，乘车前往【马特维利大峡谷Martvili Canyon】（行车约50分钟，含乘船游览60分钟），马尔特维利峡谷是一个明亮有特色的自然景点，它位于巴统市附近。 为什么叫这个名字，是因为它位于Albashi河上的Martvili小镇附近。 峡谷的最大深度为40米，长度可达2400米。 游客们被美丽的山景和惊人的瀑布吸引而来，是当地的著名景点之一。
+                <w:br/>
+                 之后前往黑海之滨的海港城市－【巴统】（120km，行车约2小时），巴统位于格鲁吉亚西南部，是一个海港城市，有宽阔的海滩和旅游疗养院，是苏联的疗养和旅游中心。抵达后乘车参观黑海明珠巴统，感受多国交融的文化，品味独特的城市魅力，【Ali &amp; Nino移动雕塑】（外观约30分钟）：巴统著名的城市景观“Ali and Nino”，取材自1937年的一部发生在高加索地区的爱情悲剧小说《Ali and Nino》，每天到了特定时间两个人物会向着对方缓缓靠拢、拥抱、亲吻，再穿过彼此的身体，继续渐行渐远，每天都有世界各地的游客前来一睹他们的交会与别离，其中仿佛蕴含着爱情的真谛
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：当地午餐     晚餐：黑海海鲜晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">巴统网评5钻酒店   The Grandeur Btumi或Best Western Premier Batumi或Grand Gloria Batumi 或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：当地午餐     晚餐：黑海鱼鲜餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">巴统网评5钻酒店   参考酒店：The Grandeur Hotel或New Wave Hotel或The Grand Gloria Hotel或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴统  - 博尔若米 - 阿哈尔齐赫
-[...5 lines deleted...]
-                 晚餐后入住酒店休息。
+                巴统
+                <w:br/>
+                酒店内早餐，前往【黑海游船】含船票（游览30分钟）：古希腊旅行者曾记载爱琴海莫色雷斯岛原住民的传说：在遥远的过去，东方曾有一座巨大湖泊。冰雪融水和连日暴雨让它水位猛涨，并最终涌入地中海。 这一传说中的“巨大湖泊”，就是今天的黑海。
+                <w:br/>
+                 乘坐【阿尔戈缆车】（单程缆车时长约15分钟），乘坐时可以俯瞰巴统城景和黑海。
+                <w:br/>
+                 打卡最有设计感的麦当劳（外观约20分钟）。建筑造型独特，内部结构好看，上层还有一圈鲜花围绕。可以自费去品尝当地风味的汉堡。
+                <w:br/>
+                 之后在黑海明珠巴统自由活动。（不含午、晚餐）。可以漫步在巴统的老城区，狭窄的街巷中充满了历史的痕迹。哥特式尖顶、拜占庭式穹隆顶以及繁复的伊斯兰装饰交织在一起，仿佛穿越了时空隧道，感受着历史的变迁与文化的交融。而巴统的市中心，则充满了欧陆风情，街道和广场干净整洁，艺术气息浓厚。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：当地午餐     晚餐：当地晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">阿哈尔齐赫网评4钻酒店  参考酒店：Hotel Gino Wellness Rabath 或Aventus Hotel或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">巴统网评5钻酒店   参考酒店：The Grandeur Hotel或New Wave Hotel或The Grand Gloria Hotel或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阿哈尔齐赫 - 姆兹赫塔 - 第比利斯
-[...1 lines deleted...]
-                酒店早餐后，乘车前往姆兹赫塔（185km，行车约3小时）。
+                巴统  - 姆兹赫塔 -  第比利斯
+                <w:br/>
+                酒店早餐后，乘车前往姆兹赫塔（360km，行车约6小时）。
                 <w:br/>
                  前往被联合国教科文组织列为世界文化遗产的【姆茨赫塔（Mtskheta）古城】（游览约60分钟），姆茨赫塔曾是格鲁吉亚土地上最古老的王国---伊比里亚的都城。城中遗留一批古代建筑和11-13世纪的大教堂。其中较闻名的【圣十字修道院】（又名季瓦里教堂），可以俯瞰全城，尽收眼底。姆茨赫塔是整个格鲁吉亚艺术、文化和宗教中心，整个城市沿袭了11世纪拜占庭时期圆屋顶和十字形平面的建筑风格。在1994年，全城被列入世界文化遗产。
                 <w:br/>
-                 游览城镇中心最著名的【斯维特特斯克维里教堂】（Sveti Tskhoveli），也叫做【生命之柱教堂】（参观约30分钟）。传说耶稣的上衣就埋在斯维特特斯克维里教堂的下面，同时它还是格鲁吉亚最古老的教堂，据说是圣尼诺在格鲁吉亚建造的教堂。
-[...1 lines deleted...]
-                【格鲁吉亚编年史纪念碑】（外观，游览20分钟），“格鲁吉亚编年史”— 是一个纪念碑石柱，位于Temka，Keeni山，纳扎拉德维地区。这座纪念碑建于1980年，其作者是著名的雕塑家祖拉布·特雷特利。纪念碑描绘了各种历史和宗教事件的场景，以及格鲁吉亚文学作品中的故事。青铜和石雕描绘了与主有关的伟大日子和基督生命的浮雕。
+                 游览城镇中心最著名的【斯维特特斯克维里教堂】（Sveti Tskhoveli），也叫作【生命之柱教堂】（参观约30分钟）。传说耶稣的上衣就埋在斯维特斯克维里教堂的下面，同时它还是格鲁吉亚最古老的教堂，据说是圣尼诺在格鲁吉亚建造的教堂。
+                <w:br/>
+                【格鲁吉亚编年史纪念碑】（游览30分钟），“格鲁吉亚编年史”— 是一个纪念碑石柱，位于Temka，Keeni山，纳扎拉德维地区。这座纪念碑建于1980年，其作者是著名的雕塑家祖拉布·特雷特利。纪念碑描绘了各种历史和宗教事件的场景，以及格鲁吉亚文学作品中的故事。青铜和石雕描绘了与主有关的伟大日子和基督生命的浮雕。
                 <w:br/>
                  晚餐后入住酒店休息。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：格鲁吉亚水煮汤包     晚餐：中式晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">第比利斯网评4钻酒店   Hotel Astoria Tbilisi或Tbilisi Philharmonic by Mercure Hotel或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店内早餐     午餐：当地午餐     晚餐：中式晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">第比利斯网评4钻酒店 参考酒店：Hotel Astoria Tbilisi或Ibis Tbilisi City或Iveria Inn Hotel或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第比利斯   ✈️ 乌鲁木齐
                 <w:br/>
-                酒店内早餐后，前往【圣三一大教堂】（入内，约20分钟）位于第比利斯市Mtkvari河左岸伊利亚山上，建于1995-2004年间，是格鲁吉亚自苏联解体以后，也是有史以来，修建的最大教堂，现在是格鲁吉亚东正教母堂。大教堂建筑群包括院墙，钟楼，若干小礼拜堂等。主建筑高近100米，是格鲁吉亚最高的教堂，从第比利斯各个角度几乎都能看到。
+                酒店内早餐后，前往【圣三一大教堂】（入内，约20分钟），位于第比利斯市Mtkvari河左岸伊利亚山上，建于1995-2004年间，是格鲁吉亚自苏联解体以后，也是有史以来，修建的最大教堂，现在是格鲁吉亚东正教母堂。大教堂建筑群包括院墙，钟楼，若干小礼拜堂等。主建筑高近100米，是格鲁吉亚最高的教堂，从第比利斯各个角度几乎都能看到。
                 <w:br/>
                 【木偶剧院钟楼】（外观约10分钟）一座老城里面久负盛名的木偶戏院，有些人称之为“钟楼”，但实际上这座出名的钟楼只是雷佐加布里兹木偶戏院的一部分而已，钟楼的底部是戏院的售票处。钟楼每小时会撞钟报时，上面的小窗口会打开并出现木偶人。
                 <w:br/>
                  乘坐空中缆车（往返）前往【Nariqala要塞】（游览约60分钟）这座要塞位于第比利斯老城城南Sololaki山的一个小山头上，向来是保卫第比利斯的最后一道防线。要塞始建于公元4世纪，现存的军事建筑是17世纪以后重修的。1827年驻防俄军火药库大爆炸，导致要塞严重损毁。现在要塞里的圣尼古拉教堂为苏联解体后重建，原建筑就是1827年毁掉的。要塞建筑已经严重损毁；但位置是俯瞰第比利斯全城，尤其是老城区风景的好去处。
                 <w:br/>
                 【格鲁吉亚之母雕塑】（远观，20分钟）建于1958年，为了庆祝第比利斯建市1500年而建，它位于第比利斯Sololaki山顶，老城上方，Nariqala要塞旁。雕像面孔正对第比利斯城，俯视众生。右手执剑，左手拿酒，寓意着朋友来了有好酒，敌人来了就用宝剑战斗。【十七世纪圆顶古硫磺浴池】（外观，20分钟）第比利斯的硫磺热泉久负盛名，据说就是这里吸引了国王VakhtangGorgasali的注意力，让他决定从姆茨赫塔迁都于此。现在主要浴池分成两片，最著名的是位于低处半地下的banotubani浴池，和略高处的Orbeliani浴池。后者大门用蓝色釉砖装饰，远望犹如清真寺。
                 <w:br/>
                  参观【和平大桥】（外观约10分钟），是第比利斯市区的库拉河上横跨着一座时代感超强、很酷的现代建筑。现在是第比利斯的现代建筑地标之一。
                 <w:br/>
+                【库拉河游船】（约30分钟），游船缓缓穿行于库拉河上，会看到第比利斯老城色彩斑斓的房屋层层叠叠在山坡上，纳里卡拉要塞和母亲堡垒巍然屹立。经过和平桥时，其现代流线型设计与古老城区形成鲜明对比。沿途还会经过圣三一大教堂的金色穹顶、总统府等标志性建筑（因天气原因下雨大雾等或阳光、灯光等原因不能欣赏到行程介绍中的部分建筑或景点，不承担违约责任，请提前知晓，谢谢理解！）。
+                <w:br/>
                 【第比利斯city walk】（约60分钟，包含第比利斯自由广场和鲁斯塔维丽风情街）：【第比利斯自由广场】广场位于第比利斯市中心。始建于19世纪沙俄统治时期，原名埃里温广场；苏联时代改名列宁广场，1991年改今名。【鲁斯塔维利欧洲风情街】是以格鲁吉亚著名诗人鲁斯塔维利命名的最繁华的大街，号称第比利斯的王府井大街。其中有国家议会大厦、施华洛世奇水晶等 各类专卖店，游客们可购买到自己称心如意的商品。
                 <w:br/>
                  晚餐后，前往机场送机。
                 <w:br/>
-                22：45 搭乘中国南方航空公司航班CZ6040返回乌鲁木齐（飞行时间4小时35分钟）
+                22:50 搭乘中国南方航空公司航班CZ6040返回乌鲁木齐（飞行时间4小时35分钟）
                 <w:br/>
                 交通：旅游大巴/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内早餐     午餐：当地午餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1303,53 +1309,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 乌鲁木齐  ✈️  全国各地
                 <w:br/>
-                07：20  抵达乌鲁木齐
-[...1 lines deleted...]
-                之后搭乘中国南方航空公司航班返回全国各地（国内联运航班待定
+                07:25  抵达乌鲁木齐，结束愉快旅行！
+                <w:br/>
+                之后搭乘中国南方航空公司航班返回全国各地（国内联运航班待定）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1415,61 +1421,63 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.乌鲁木齐起止，团队经济舱机票及机场税，团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）；【联运航班说明：全国各地飞往乌鲁木齐的中国境内航班，仅限南航实际承运航班，代码共享航班不能用于南航联运，如不能当天直转需要乌鲁木齐过夜，需客人自理乌鲁木齐中转酒店】
                 <w:br/>
-                2.行程内所含网评4-5钻酒店双床/大床房，含早餐。（标准为二人一房，如需入住单间则另付单间差费用或我社有权有权利提前说明情况并调整夫妻及亲属住宿安排）
-[...5 lines deleted...]
-                5.行程中所列餐食，全程正餐14次，午晚餐为中式团队餐（10-12 人一桌，餐标8菜1汤)或特色餐（以行程为准）。12次当地晚餐和中餐餐标12$/人；特色餐：格鲁吉亚餐+民族舞蹈（足尖舞）餐标30$/人，巴统鱼鲜餐30$/人。如果不用餐或因个人原因超出用餐时间到达餐厅的，不再另补且费用不退。（用餐时间在机场候机或飞机上的餐食由客人自理）
+                2.行程内所含7晚网评4-5钻酒店双床/大床房，含早餐。（标准为二人一房，如需入住单间则另付单间差费用或我社有权利提前说明情况并调整夫妻及亲属住宿安排）
+                <w:br/>
+                3.行程内所含旅游用车：10-12 人奔驰凌特（17—19座）；13—20人以上30—39座旅游巴士，具体车型根据团队实际人数可能有所调整，以实际安排为准！
+                <w:br/>
+                4.行程内所含景点首道大门票。【Kindzmarauli酒庄品酒费（4款红酒+丘奇赫拉小吃）、卡兹贝吉山（换车交通费）、斯大林博物馆、马特维利峡谷+游船、黑海游船、阿尔戈缆车、纳瑞卡菈堡垒+空中缆车往返、库拉河游船】
+                <w:br/>
+                5.行程中所列餐食，全程正餐12次，8次当地餐以及2次中式餐（中式餐8菜1汤）餐标：12$/人；2次特色餐：格鲁吉亚餐+民族舞蹈（足尖舞）餐标20$/人，巴统鱼鲜餐15$/人。如果不用餐或因个人原因超出用餐时间到达餐厅的，不再另补且费用不退。（用餐时间在机场候机或飞机上的餐食由客人自理）
                 <w:br/>
                 6.导游：领队兼导游或中文领队+中文导游（当地人）或中文领队翻译+英文导游（当地人）；
                 <w:br/>
                 7.每人每天两瓶0.5L矿泉水。
+                <w:br/>
+                8.旅游意外伤害保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1477,63 +1485,61 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
                 <w:br/>
                 2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用
                 <w:br/>
-                3.旅游意外伤害保险【强烈建议客人自行购买旅游意外保险】
-[...11 lines deleted...]
-                9.境外司机导游服务费：200美金/人（机场现付）
+                3.如行李或物品丢失、被盗等意外损失费用
+                <w:br/>
+                4.晚用车，给司机和导游加班费用
+                <w:br/>
+                5.以上报价未提及的项目
+                <w:br/>
+                6.单人房差附加费：3000元/人全程
+                <w:br/>
+                7.11.99岁以下小孩不占床含早餐减1500人民币，占床与成人同价
+                <w:br/>
+                8.境外司机导游服务费：200美金/人（机场现付）（境外司导服务费为团费一部分，集合当日由领队于机场代为收取）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1620,276 +1626,229 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">温馨提示</w:t>
+              <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">提示：以上行程时间表及酒店的住宿顺序仅供您参考，有可能会因为境外特殊情况予以前后调整，如遇堵车、恶劣天气、景点关门、突发事件及酒店满员等！</w:t>
+              <w:t xml:space="preserve">
+                1.参团以2000元/人订金为准，并需至少于出发前14天付清尾款；
+                <w:br/>
+                2.行程开始前 29 日至 15 日，按旅游费用总额的 5%；以及实际产生的损失（例如不可取消的特殊酒店、签证、机票、船票等） 
+                <w:br/>
+                3.行程开始前 14 日至 7 日，按旅游费用总额的 20%；以及实际产生的损失（例如不可取消的特殊酒店、签证、机票、船票等） 
+                <w:br/>
+                4.行程开始前 6 日至 4 日，按旅游费用总额的 50%；以及实际产生的损失（例如不可取消的特殊酒店、签证、机票、船票等） 
+                <w:br/>
+                5.行程开始前 3 日至 1 日，按旅游费用总额的 60%； 以及实际产生的损失（例如不可取消的特殊酒店、签证、机票、船票等） 
+                <w:br/>
+                6.行程开始当日，按旅游费用总额的 70%。 以及实际产生的损失（例如不可取消的特殊酒店、签证、机票、船票等）  
+                <w:br/>
+                7.如果发生签证被拒签将被扣酒店、机票、签证费及所有实际已发生费用。
+                <w:br/>
+                ★以上损失明细为团队特殊约定，请签在合同附加条款中！
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">退改规则</w:t>
+              <w:t xml:space="preserve">报名材料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.参团以到2000元/人订金为准，并需至少于出发前14天付清尾款；
-[...13 lines deleted...]
-                ★以上损失明晰为团队特殊约定，请签在合同附加条款中！
+                参团所需资料：
+                <w:br/>
+                护照首页电子版，行程结束后至少还有6个月有效期；格鲁吉亚签证电子签证：2023年9月11日起免签。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">报名材料</w:t>
+              <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参团所需资料：
-[...53 lines deleted...]
-                1、关于时差
+                格鲁吉亚旅游注意事项
+                <w:br/>
+                <w:br/>
+                1.关于时差
                 <w:br/>
                 中国和格鲁吉亚时差4小时，即北京时间中午12点，格鲁吉亚早上8点
                 <w:br/>
-                2、关于气温
+                2.关于气温
                 <w:br/>
                 格鲁吉亚地处北纬40°至45°之间，且在大高加索山脉南麓，日照充足，年平均气温15.8℃左右，其中第比利斯市夏季气温最高可达42℃，冬季最低可达零下10℃。全年四季分明，气候宜人。
                 <w:br/>
-                3、关于货币
+                3.关于货币
                 <w:br/>
                 格鲁吉亚货币单位为拉里，1 美元约兑 2.4 拉里，旅程中，建议可携带一定数量的美金兑换当地币使用，格鲁吉亚可以使用银联卡进行支付。
                 <w:br/>
-                4、行前准备
+                4.行前准备
                 <w:br/>
                 证件：持有效普通护照的中国公民可免签入境高加索三国。
                 <w:br/>
                 语言：一般以当地（格鲁吉亚语）或俄语沟通，某些地方则可以英语沟通。
                 <w:br/>
                 宗教：格鲁吉亚信仰东正教，女性进入修道院参观需要戴头巾，不可穿短于膝盖的裙子裤子
                 <w:br/>
                 着装：旅程中请穿着轻便运动鞋，方便活动。另可按旅程需要携带以下物品﹕太阳帽/眼镜，防晒霜，润肤用品
                 <w:br/>
-                转换插头：高加索地区电压为 220 伏特，大部份插头为双孔圆型插头【欧标】,与国内不一致，请游客自备转换插头。
+                转换插头：高加索地区电压为 220 伏特，大部分插头为双孔圆形插头【欧标】，与国内不一致，请游客自备转换插头。
                 <w:br/>
                 洗漱用品：酒店不配备一次性洗漱用品和拖鞋，需要自行准备
                 <w:br/>
-                电话和移动网络：酒店均有免费WIFI提供，部分车辆有提供免费WIFI 及USB充电。个别乘客如需购买电话卡（上网卡），需自理。中国移动【无忧行】可购买【一带一路】手机流量，三国皆可使用。
-[...3 lines deleted...]
-                托运行李（每人重量、尺寸、件数）:每人1件托运行李，每件不超过 23 公斤，每件行李的三边之和不得超过 158 厘米。
+                电话和移动网络：酒店均有免费WIFI提供，部分车辆有提供免费WIFI 及USB充电。个别乘客如需购买电话卡（上网卡），需自理。中国移动【无忧行】可购买【“一带一路”】手机流量，三国皆可使用。
+                <w:br/>
+                5.注意事项
+                <w:br/>
+                托运行李（每人重量、尺寸、件数）：每人1件托运行李，每件不超过 23 公斤，每件行李的三边之和不得超过 158 厘米。
                 <w:br/>
                 烟酒携带量：一般情况下可携带香烟数量为 2 条；规定所携带含酒精类饮品数量不得超过 2瓶。
                 <w:br/>
                 重要物品申报：一般物件不用报关，包括旅客在旅行期间数量合理的自用品例如摄录器材。但离境时客人携带现金数目不能多于入境时。
                 <w:br/>
                 <w:br/>
                 其他：
                 <w:br/>
                 摄影：任何与军事或政府有关的设施皆不能拍摄，如要拍摄当地人的特写时应先事前获得准许。部分景点基础设备不够完备，游客在拍照摄影时，需注意安全，严禁去危险区域。
                 <w:br/>
                 衣着：在某些景点大城市观光或往特别场合，不宜穿着短裤、背心之类的衣服。
                 <w:br/>
-                小费：在境外有给小费的习惯，支付小费也是一种礼节，在酒店、餐厅或其它场所如有要求服务生额外服务，最好支付一定的小费，一般为10美金以内；部分景点洗手间需要付费，可随身准备一点零钱。
-[...1 lines deleted...]
-                行前其他准备：请带备一些自用 的平安药物及紧急医疗用品，以应不时之需，假如需要长期服用指定药物，出发前宜先准备足够份量。
+                小费：在境外有给小费的习惯，支付小费也是一种礼节，在酒店、餐厅或其他场所如有要求服务生额外服务，最好支付一定的小费，一般为10美金以内；部分景点洗手间需要付费，可随身准备一点零钱。
+                <w:br/>
+                行前其他准备：请带备一些自用 的平安药物及紧急医疗用品，以应不时之需，假如需要长期服用指定药物，出发前宜先准备足够分量。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1930,51 +1889,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>