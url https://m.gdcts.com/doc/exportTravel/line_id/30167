--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【采茶之旅】清远3天 | 英德石头酒店 | 英石园林公园 | 生态茶园 | 露天七星伴月汤泉任泡行程单</w:t>
+        <w:t xml:space="preserve">【采茶之旅】清远3天 | 英德石头酒店 | 英石园林公园 | 露天七星伴月汤泉任泡行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -396,57 +396,63 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、连住2晚英石园石头酒店，休闲舒适；
                 <w:br/>
-                2、茶园采茶 手工制茶体验，每人赠送1斤茶青或者100克红茶1袋；
-[...5 lines deleted...]
-                5、打卡发朋友圈，可以免费汉服体验；
+                2、茶园采茶 手工制茶体验；
+                <w:br/>
+                3、送手工制作的成茶（限一人一斤茶青）
+                <w:br/>
+                4、送露天七星伴月汤泉任泡
+                <w:br/>
+                5、含酒店2早2正
+                <w:br/>
+                6、8人报名送麻将（娱乐4小时）;12人报名送麻将+ ktv（娱乐4小时）
+                <w:br/>
+                7、满10人报名，赠送汉服体验（先到先得）
+                <w:br/>
+                备注：此团为英德直通车，下车点为【宝墩湖+石头酒店+天鹅湖】，以实际安排为准，请知悉！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,53 +573,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 出发—英德—午餐自理—入住酒店—晚餐自理—住宿：英德石头酒店
                 <w:br/>
                 早上于指定时间地点集中出发。
                 <w:br/>
-                ◆09：00乘空调旅游车前往清远英德石头酒店
-[...1 lines deleted...]
-                ◆11：00—12:00自由午餐（自理）
+                ◆09:00乘空调旅游车前往清远英德石头酒店
+                <w:br/>
+                ◆11:00—12:00自由午餐（自理）
                 <w:br/>
                 ◆13:00左右入住英德石头酒店
                 <w:br/>
                 英德石头酒店是一家按星级酒店装修的度假型酒店，酒店集商务、休闲娱乐于一体，酒店环境优雅，拥有豪华、舒适的客房，设计匠心独特，别具一格；清远英德市望埠镇英石园，含有丰富的旅游资源，既有美丽的自然景观，也有历史沉积的人文景观，独特风格的旅游资源，本镇是广东英石之乡，英石艺术驰名中外。清代以来被公认为全国四大园林名石之一。
                 <w:br/>
                 入住后自由活动，游览英石园奇石馆，非遗技艺馆。。
                 <w:br/>
                 英石园的规划设计充分体现了石文化的内涵与外延，把“石头与地球”、“石头与人类生活”、“石头与爱情”、“石头与艺术”、“石头与音乐”、“石头与民俗”等内容充分通过景观语言表达出来，以求对石头有一个全新的解读和表达，从而打造出一个独特而又充满情趣的英石文化园。英石，是英德特有的一种石灰岩石。早在宋代，英石就被开发利用，上等的英石在宋代就一成为皇家贡品，元代则被列入了“文房四玩”，到了清代则与太湖石、灵壁石、黄蜡石齐誉，被公认为全国四大名石之一。其“瘦、皱、漏、透”的自然特性，具有极高的观赏和收藏价值，引得无数文人骚客折腰。
                 <w:br/>
                 藏于酒店一楼大堂中的“飞龙在天”此乃中华英石园的镇馆之宝。它长约1米多，高约30厘米，其形正如腾跃在天空的神龙。因此得名“飞龙在天”。
                 <w:br/>
                 （晚餐自理），可自由前往乐享七星伴月露天冰池任泡（白天冰泉，晚上汤泉）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -655,69 +661,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—安排采茶.制茶活动—入住石头酒店
+                早餐—全天自由活动—入住石头酒店
                 <w:br/>
                 08:00－09:00    酒店自助式早餐 
                 <w:br/>
-                09:00－10:00  组织参观茶厂，茶叶生产工艺了解，领取采茶帽篓，带领前往茶园
-[...13 lines deleted...]
-                18:00－19:30   晚餐（自理）
+                09:00－18:00  全天自由活动
+                <w:br/>
+                18:00－19:30  晚餐（自理）
                 <w:br/>
                 晚上可自由前往乐享七星伴月露天冰池任泡（白天冰泉，晚上汤泉）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -751,62 +745,61 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 早餐—自由活动—午餐—返程
                 <w:br/>
-                睡到自然醒；游客可自行前往酒店享用早餐（早餐时间：07:30-10:00）
-[...3 lines deleted...]
-                09:30-11:00自由活动，可以自行前往乡镇市场逛逛，体验城市少有的趁圩活动。
+                可自行前往酒店享用早餐（早餐时间：07:30-10:00）；
+                <w:br/>
+                8:00-9：30  早餐
+                <w:br/>
+                9:30-11:00自由活动，可以自行前往乡镇市场逛逛，城市未有的趁圩体验.
                 <w:br/>
                 12:00退房
                 <w:br/>
-                12:00-13:00酒店午餐
+                12:00-13:00午餐
                 <w:br/>
                 13:30左右（以工作人员联系具体上车时间为准）乘座大巴车返回广州温馨的家，行程结束。
-                <w:br/>
                 <w:br/>
                 备注：此团为英德直通车，下车点为【宝墩湖+石头酒店+天鹅湖】，以实际安排为准，请知悉！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1196,51 +1189,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>