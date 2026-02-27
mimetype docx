--- v0 (2025-10-20)
+++ v1 (2026-02-27)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1740624411JN</w:t>
+              <w:t xml:space="preserve">ZC-1740624411JN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,100 +343,100 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6091/1610-1745，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6092/1845-2210，飞行时间约2.5小时，时差1小时
+                参考航班：CZ6091/1335-1505，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6092/1625-1940，飞行时间约2.5小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【豪华接待】：甄选 南方航空正点航班 ，拒绝红眼航班！
+                豪华接待】：甄选 南方航空正点航班 ，拒绝红眼航班！
                 <w:br/>
                 内陆段体验“一带一路”中老高铁，国花占巴花接机仪式
                 <w:br/>
                 【升级住宿】：全程入住网评四钻酒店，升级一晚网评五钻酒店
                 <w:br/>
                 【舌尖美味】：海鲜火锅+烤肉自助欢迎晚宴、特色老挝菜、稻田田园餐、石斛土鸡宴！
                 <w:br/>
                 【网红打卡】：万象：凯旋门、塔銮寺、香昆寺、黑塔！
                 <w:br/>
                 万荣：坦普坎溶洞、蓝色泻湖
                 <w:br/>
                 琅勃拉邦：普西山、光西瀑布、香通寺、大皇宫、皇家博物馆、民族风情园
                 <w:br/>
                 【老挝特色】：僧侣布施、老挝早市、南松河长尾船、老挝咖啡、法国街下午茶！
                 <w:br/>
                 【漫步老挝】： 万荣酒吧街、洋人街夜市、湄公河夜市！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -573,51 +573,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 — 万象
                 <w:br/>
                 请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往老挝政治文化中心—首都——【万象】（飞行时间约2.5小时）。万象也名“永珍”，在当地语里的含义是“檀木之堡”，紧紧傍依在湄公河左岸，隔着湄公河与泰国相望，是世界上极少数紧邻他国边境的首都之一。初入万象，估计与每个人想象中的现代化大都市相差甚远，让人简直不敢相信眼前就是老挝首都万象。这样一个袖珍之城，我们却能在很短的时间内领略到了这个国家独特的风情。抵达后“国花占巴花接机仪式”，后接送至餐厅享用海鲜火锅+烤肉自助欢迎晚宴，餐后送回酒店休息。
                 <w:br/>
-                交通：参考航班：CZ6091/1610-1745，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6091/1335-1505，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅+烤肉自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -805,51 +805,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 僧侣布施 - 老挝早市 - 光西瀑布 - 香通寺 - 大皇宫 - 皇家博物馆 - 老挝咖啡
                 <w:br/>
-                酒店内享用早餐后，前往看盛大的琅勃拉邦特色民俗—【僧侣布施】（参观约60分钟）。清晨，僧侣们手持银碗，静静地走过每一个角落，接受信众的供奉。信众们则虔诚地跪在地上，双手合十，将食物轻轻放入碗中。琅勃拉邦的街头巷尾盛大的布施仪式。这种“千人布施”的场面，一生可能只遇到一次，一场心灵的洗礼。这项仪式在这座佛国老城已经传承了500多年，每天都在上演。施与受，以这样一种形式，延续了近千年。僧人们还会将布施来的食物施舍给当地的穷苦孩童。一进一出，代表着善意的祝福和文化的传承。然后前往【老挝早市】（参观约40分钟），去感受老城居民生活气息，体验琅勃拉邦域居民的生活。接着前往【光西瀑布】（参观约60分钟），又叫金鹿瀑布，位于老挝古都琅勃拉邦城南29公里处，这座瀑布高约200多米，呈正三角形，从山上泻下相当壮观，加之四周的植被非常漂亮，成为琅勃拉邦最著名的旅游圣地。然后前往【香通寺】（参观约30分钟），香通寺意指“国王之屋”，掩映在三角梅树下的老挝美丽的寺庙。寺内大小门楣刻满了工艺细致的花纹，与黑色寺墙形成了鲜明而张扬的对比，外寺或柱子也都刻满黄金图案，让人震撼的是寺庙后墙有一棵用各种彩色玻璃镶出来的“生命之树”，一定不要错过。然后前往【大皇宫】（参观约30分钟），1909年为西萨旺皇室建造的，当时整个老挝已是法国的殖民地，而琅勃拉邦则是已“保护地”形式行使皇权。后前往【皇家博物馆】（参观约60分钟），在这里还可以看到澜沧王国的遗迹和许多国家级的文物。整个皇宫金碧辉煌，光艳夺目，殿内装饰古雅华贵。这里是老挝最后一代国王西萨旺凡达纳的行宫，王室成员今已不知何处去，宫中可见昔日的大殿、议事厅、书房、收藏室、起居室等。随后前往非遗村安排品尝【老挝咖啡】。午餐安排在稻田边享用稻田田园餐，在如画的风景中享用午餐，一片的稻田映入眼帘，仿佛投入大自然的怀抱。然后前往参观【古都综合店】（停留约90分钟），选购老挝特产、药材等。随后送回酒店休息。晚餐自理。
+                酒店内享用早餐后，前往看盛大的琅勃拉邦特色民俗—【僧侣布施】（参观约60分钟）。清晨，僧侣们手持银碗，静静地走过每一个角落，接受信众的供奉。信众们则虔诚地跪在地上，双手合十，将食物轻轻放入碗中。琅勃拉邦的街头巷尾盛大的布施仪式。这种“千人布施”的场面，一生可能只遇到一次，一场心灵的洗礼。这项仪式在这座佛国老城已经传承了500多年，每天都在上演。施与受，以这样一种形式，延续了近千年。僧人们还会将布施来的食物施舍给当地的穷苦孩童。一进一出，代表着善意的祝福和文化的传承。然后前往【老挝早市】（参观约40分钟），去感受老城居民生活气息，体验琅勃拉邦域居民的生活。接着前往【光西瀑布】（参观约60分钟），又叫金鹿瀑布，位于老挝古都琅勃拉邦城南29公里处，这座瀑布高约200多米，呈正三角形，从山上泻下相当壮观，加之四周的植被非常漂亮，成为琅勃拉邦最著名的旅游圣地。然后前往【香通寺】（参观约30分钟），香通寺意指“国王之屋”，掩映在三角梅树下的老挝美丽的寺庙。寺内大小门楣刻满了工艺细致的花纹，与黑色寺墙形成了鲜明而张扬的对比，外寺或柱子也都刻满黄金图案，让人震撼的是寺庙后墙有一棵用各种彩色玻璃镶出来的“生命之树”，一定不要错过。然后前往【大皇宫】（参观约30分钟），1909年为西萨旺皇室建造的，当时整个老挝已是法国的殖民地，而琅勃拉邦则是已“保护地”形式行使皇权。后前往【皇家博物馆】（参观约60分钟），在这里还可以看到澜沧王国的遗迹和许多国家级的文物。整个皇宫金碧辉煌，光艳夺目，殿内装饰古雅华贵。这里是老挝最后一代国王西萨旺凡达纳的行宫，王室成员今已不知何处去，宫中可见昔日的大殿、议事厅、书房、收藏室、起居室等。随后前往非遗村安排品尝【老挝咖啡】。午餐安排在稻田边享用稻田田园餐，在如画的风景中享用午餐，一片的稻田映入眼帘，仿佛投入大自然的怀抱。然后前往参观【古都综合店】（停留约120分钟），选购老挝特产、药材等。随后送回酒店休息，晚餐自理。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：稻田田园餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -883,51 +883,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 老挝民族风情园 - 琅勃拉邦 - 万象（高铁）- 香昆寺  - 法国街下午茶 - 湄公河夜市
                 <w:br/>
                 酒店内享用早餐后，前往【老挝民族风情园】，汇集了老挝传统民族的文化和风情，观看老龙族姑娘迎宾舞蹈，织布文化是老挝民间自古至今最传统的文化。他们采用天然植物作为原材料和染料来制作布料，使用最古老最原始的手工艺做法；同时还能观看了解到“克木族”的民间乐器表演和老挝阿卡族的文化风情。让您尽收眼底。午餐安排享用石斛土鸡宴。
                 <w:br/>
-                然后乘坐中老高铁返回万象，到达后前往【香昆寺】（参观约60分钟），佛像公园，它其实不是寺庙，而是一座佛教和印度教雕塑的主题公园。香昆寺满园都是用混凝土浇铸而成的大大小小、神态各异的佛像和印度教神像，另外还有一座造型奇特的球型佛塔，从那里可以看到大花园般的香昆寺全貌，满眼苍翠，令人心旷神怡！然后前往【地矿土产店】（停留约90分钟），选购老挝特产、药材、宝石等。接着前往万象洋人街享用【法国街下午茶】，感受老挝的慢生活。最后前往【湄公河夜市】，一个充满活力和乐趣的地方，被称为“老挝夜市”或“小吃夜市”。这里的氛围非常棒，晚餐自理。然后送回酒店休息。
+                然后乘坐中老高铁返回万象，到达后前往【香昆寺】（参观约60分钟），佛像公园，它其实不是寺庙，而是一座佛教和印度教雕塑的主题公园。香昆寺满园都是用混凝土浇铸而成的大大小小、神态各异的佛像和印度教神像，另外还有一座造型奇特的球型佛塔，从那里可以看到大花园般的香昆寺全貌，满眼苍翠，令人心旷神怡！然后前往【地矿土产店】（停留约120分钟），选购老挝特产、药材、宝石等。接着前往万象洋人街享用【法国街下午茶】，感受老挝的慢生活。最后前往【湄公河夜市】，一个充满活力和乐趣的地方，被称为“老挝夜市”或“小吃夜市”。这里的氛围非常棒，晚餐自理。然后送回酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：石斛土鸡宴     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -961,57 +961,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 神木博物馆 — 万象 — 广州
                 <w:br/>
                 酒店内享用早餐后，前往【神木博物馆】（游览时间约 60 分钟）。展示有雕刻与绘画合二为一的大型版画，其数量巨大，价值无限。这是老挝最具有创造力的艺术家们在不同材质的天然红木板材上通过雕刻与绘画结合展现老挝特色文化，呕心沥血的创作过程将获得铭记，代代相传。
                 <w:br/>
-                午餐后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2.5小时），结束此次难忘的愉快之旅。
+                午餐后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6092/1845-2210，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6092/1625-1940，飞行时间约2小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：中式围餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1324,51 +1324,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">土特产、药材等</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">90 分钟</w:t>
+              <w:t xml:space="preserve">120 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1395,51 +1395,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">老挝特产（石斛，灵芝，枸杞，玉、宝石等）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">90 分钟</w:t>
+              <w:t xml:space="preserve">120 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1926,51 +1926,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>