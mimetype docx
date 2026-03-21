--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -343,100 +343,100 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6091/1335-1505，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6092/1625-1940，飞行时间约2.5小时，时差1小时
+                参考航班：CZ6091/1320-1445，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6092/1550-1920，飞行时间约2小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                豪华接待】：甄选 南方航空正点航班 ，拒绝红眼航班！
+                【豪华接待】：甄选 南方航空正点航班 ，拒绝红眼航班！
                 <w:br/>
                 内陆段体验“一带一路”中老高铁，国花占巴花接机仪式
                 <w:br/>
                 【升级住宿】：全程入住网评四钻酒店，升级一晚网评五钻酒店
                 <w:br/>
                 【舌尖美味】：海鲜火锅+烤肉自助欢迎晚宴、特色老挝菜、稻田田园餐、石斛土鸡宴！
                 <w:br/>
                 【网红打卡】：万象：凯旋门、塔銮寺、香昆寺、黑塔！
                 <w:br/>
                 万荣：坦普坎溶洞、蓝色泻湖
                 <w:br/>
                 琅勃拉邦：普西山、光西瀑布、香通寺、大皇宫、皇家博物馆、民族风情园
                 <w:br/>
                 【老挝特色】：僧侣布施、老挝早市、南松河长尾船、老挝咖啡、法国街下午茶！
                 <w:br/>
                 【漫步老挝】： 万荣酒吧街、洋人街夜市、湄公河夜市！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -573,51 +573,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 — 万象
                 <w:br/>
                 请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往老挝政治文化中心—首都——【万象】（飞行时间约2.5小时）。万象也名“永珍”，在当地语里的含义是“檀木之堡”，紧紧傍依在湄公河左岸，隔着湄公河与泰国相望，是世界上极少数紧邻他国边境的首都之一。初入万象，估计与每个人想象中的现代化大都市相差甚远，让人简直不敢相信眼前就是老挝首都万象。这样一个袖珍之城，我们却能在很短的时间内领略到了这个国家独特的风情。抵达后“国花占巴花接机仪式”，后接送至餐厅享用海鲜火锅+烤肉自助欢迎晚宴，餐后送回酒店休息。
                 <w:br/>
-                交通：参考航班：CZ6091/1335-1505，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6091/1320-1445，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅+烤肉自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -967,51 +967,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 神木博物馆 — 万象 — 广州
                 <w:br/>
                 酒店内享用早餐后，前往【神木博物馆】（游览时间约 60 分钟）。展示有雕刻与绘画合二为一的大型版画，其数量巨大，价值无限。这是老挝最具有创造力的艺术家们在不同材质的天然红木板材上通过雕刻与绘画结合展现老挝特色文化，呕心沥血的创作过程将获得铭记，代代相传。
                 <w:br/>
                 午餐后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6092/1625-1940，飞行时间约2小时，时差1小时
+                交通：参考航班：CZ6092/1550-1920，飞行时间约2小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：中式围餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1135,63 +1135,65 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、旅游意外保险；
                 <w:br/>
-                2、燃油附加税升幅及超重物品托运费；
+                2、航空公司燃油附加税临时升幅及超重物品托运费；
                 <w:br/>
                 3、始发地到广州机场来回程交通；
                 <w:br/>
                 4、自费项目以及景区内的小景点或交通车等额外费用；
                 <w:br/>
                 5、个人开支及人力不可抗力因素产生的额外费用；
                 <w:br/>
                 6、单房差￥1000元/人（如遇自然单间需补单间差或加床处理）；
                 <w:br/>
                 7、老挝落地签+快速通关等杂费+导游服务费￥700元/人（需与团费一起支付）；
                 <w:br/>
                 8、除自由活动外，不可离团。
+                <w:br/>
+                9、不含燃油附加费升幅¥200/人
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1926,51 +1928,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-21</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>