--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSJ-HB202511DMESS5</w:t>
+              <w:t xml:space="preserve">JSJ-HB20251112DMESS5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1081,63 +1081,77 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、●未含往返机票税140元/成人；20元/儿童（若临时有调整，具体以航班政策为准），报名时收取
-[...5 lines deleted...]
-                3·自愿自理：
+                费用不含：
+                <w:br/>
+                1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
+                <w:br/>
+                2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
+                <w:br/>
+                3、航空公司临时增加的燃油附加费。
+                <w:br/>
+                4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
+                <w:br/>
+                5、不含广州市区到广州白云机场接送，机场集中，机场散团。
+                <w:br/>
+                6、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，越野车，骑马，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
+                <w:br/>
+                7、●未含往返机票税180元/成人；40元/儿童（若临时有调整，具体以航班政策为准），报名时收取
+                <w:br/>
+                8、●未含景区交通200元/人：屏山大峡谷船票及景交80元/人，恩施大峡谷地面缆车30元/人，地心谷30元/人，梭布垭30元/人，狮子关30元/人（合计：200元/人）报名时收取；特别备注：若屏山大峡谷闭园未开放，刚此景点更换为“腾龙洞景区”，则必销景区交通合计（腾龙洞景交22元+恩施大峡谷地面缆车30元/人+地心谷景交30+梭布垭景交30+狮子关30元景交）=142元/人
+                <w:br/>
+                9、自愿自理：
                 <w:br/>
                 地心谷玻璃桥70元/人；观光电梯35元/人；悬崖列车90元/人；地心奇航60元/人。
                 <w:br/>
                 恩施大峡谷云龙地缝小蛮腰电梯30元/人。
                 <w:br/>
                 屏山大峡谷自愿自理悬浮拍照小木船30元/人。
+                <w:br/>
+                其它不含
                 <w:br/>
                 1.●景点内园中园门票及行程中注明门票自理的景点、全陪费用、旅游意外保险、航空险；
                 <w:br/>
                 2.●如出现单男或单女参团出现无法安排拼住时，要补单人房差；
                 <w:br/>
                 3.●不含接送；游客于指定时间内自行前往指定的地点集合。
                 <w:br/>
                 4.●旅游意外保险及航空保险，建议客人报名时自行购买；
                 <w:br/>
                 5.●由于不可抗拒原因而需要变更行程时产生的费用（包括但不限于自然灾害、航班延误或取消、车辆故障、交通意外等）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -1263,85 +1277,85 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必须自理</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">往返机票税费140元/人（若临时有调整，具体以航司政策为准），报名时收取</w:t>
+              <w:t xml:space="preserve">往返机票税费180元/人（若临时有调整，具体以航司政策为准），报名时收取</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 140.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 180.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必销景交</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1798,51 +1812,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>