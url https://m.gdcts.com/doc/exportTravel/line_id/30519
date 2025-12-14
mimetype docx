--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">20240112YNYZ5D-ZC2</w:t>
+              <w:t xml:space="preserve">ZC-LQYZ5D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6049/1335-1510，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6050/1600-1950，飞行时间约3小时，时差1小时
+                参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -565,55 +565,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州 - 芽庄
+                广州 — 芽庄
                 <w:br/>
                 请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往被游客评为越南最有魅力的旅游地之一的海滨渡假城市——【芽庄】（飞行时间约2.5小时）。芽庄之名是源于占婆语的“Yakram”，意思是指“竹林河流”，原是一个渔港小镇，现已发展成为一个度假胜地，此处海产丰富、海岸绵延悠长、水清沙幼、离岛众多、海水非常清澈，很适合钓鱼、浮潜、水肺潜等水上活动。抵达后接送至餐厅享用越南海鲜火锅餐，餐后送回酒店休息。
                 <w:br/>
-                交通：参考航班：CZ6049/1335-1510，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -729,51 +729,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 珍珠岛一天游
                 <w:br/>
                 酒店内享用早餐后，安排【珍珠岛】一日游。珍珠岛位于芽庄东南方向海域坐落在独立岛上，与芽庄城区隔海相望，岛上建设一座具有200.000平方米的大型游乐场，各种游戏设施齐备，服务非常周到，旅客即使整天留在酒店内也能玩得丰富多彩。岛上拥有独家私人海滩，2,800平方公尺的游泳池。可以于岛上尽情的游玩海底世界、水上乐园、机动游戏乐园，套票任玩如水上乐园。导游在酒店迎接客人，坐车前往富贵码头，到达后搭乘东南亚最长3,320公尺的跨海缆车前往珍珠岛（如遇缆车不开放，则改为搭乘快艇前往珍珠岛）。参观珍珠岛上的娱乐区，在这里客人可以参加：
                 <w:br/>
                 露天游戏：旋转木马、云霄飞车、极速风车、摇摆旋转伞、旋转飞象等
                 <w:br/>
                 室内游戏：4D电影、童话花园、碰碰车、小孩子的天堂、游戏超市、卡拉ok厅等水族馆：面积为三千四百平方米，包括三百多种眼生和珍贵的鱼类的缩小大洋
                 <w:br/>
                 水上乐园：具有刺激游戏区、小孩游戏区、造浪湖、懒惰河流、冒险家庭游戏区等。音乐水喷泉。为了方便游玩，让您自理午餐，然后根据导游约定时间下岛。
                 <w:br/>
-                随后前往参观【沉香店】（停留约90分钟），选购沉香制品、饰品等。然后送回酒店休息。
+                随后前往参观【沉香店】（停留约120分钟），选购沉香制品、饰品等。然后送回酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -803,53 +803,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                芽庄大教堂 — 加丽娜文化村 — 龙山寺 — 牛油果冰淇淋
-[...1 lines deleted...]
-                酒店内享用早餐后，前往参观【芽庄大教堂】（参观约50分钟），其是一座哥特式教堂，建于1928～1933年，也很有法国味，教堂有钟塔和美如锦花、绘满《圣经》故事的天窗玻璃，石头建造的内部墙壁给人清凉之意。教堂外是繁杂吵嚷的街头，教堂内则静谧平和，俨然另～个世界。教堂每天早晚举行弥撒活动，常能在门外听见诵经声或唱诗班美如天籁的歌声。续前往参观【乳胶店】（停留约120分钟），自由选购乳胶制品产品，包括枕头、床垫等等。然后前往参观【加丽娜文化村】，文化村距离芽庄市区8-10公里，是临湖而建的休闲娱乐度假村，在这里可以尝到越南著名的“三宝餐”。午餐后前往参观【龙山寺】（参观约50分钟），其建于1889年，之后曾经整修、重建，才成为今日华丽的样子。一进入正殿就可以看到许多佛像围绕着一个莲花池，墙壁上有许多佛教壁画。寺后的山上有一座白色大佛，目光向下抚视，好像是在守护整个城市，一般从山上往下看。续前往参观【丝绸店】或【南洋宝芝林店】（停留约90分钟），选购蚕丝纺织制品，各类丝织制品，围巾披肩等（或选购越南国字号保健品，如安宫牛黄丸、南洋片仔黄等）。然后特别赠送品尝芽庄网红【牛油果冰淇淋】，丝滑的牛油果配上甜而不腻奶味足的冰淇淋，撒上一些香甜的椰丝，脆口的椰子片入口即化，甜而不腻。随后送回酒店休息。
+                芽庄大教堂 — 加丽娜文化村 — 龙山寺 —  牛油果冰淇淋 — 土特产超市
+                <w:br/>
+                酒店内享用早餐后，前往参观【芽庄大教堂】（参观约50分钟），其是一座哥特式教堂，建于1928～1933年，也很有法国味，教堂有钟塔和美如锦花、绘满《圣经》故事的天窗玻璃，石头建造的内部墙壁给人清凉之意。教堂外是繁杂吵嚷的街头，教堂内则静谧平和，俨然另～个世界。教堂每天早晚举行弥撒活动，常能在门外听见诵经声或唱诗班美如天籁的歌声。续前往参观【乳胶店】（停留约120分钟），自由选购乳胶制品产品，包括枕头、床垫等等。然后前往参观【加丽娜文化村】，文化村距离芽庄市区8-10公里，是临湖而建的休闲娱乐度假村，在这里可以尝到越南著名的“三宝餐”。午餐后前往参观【龙山寺】（参观约50分钟），其建于1889年，之后曾经整修、重建，才成为今日华丽的样子。一进入正殿就可以看到许多佛像围绕着一个莲花池，墙壁上有许多佛教壁画。寺后的山上有一座白色大佛，目光向下抚视，好像是在守护整个城市，一般从山上往下看。续前往参观【丝绸店】或【南洋宝芝林店】（停留约120分钟），选购蚕丝纺织
+                <w:br/>
+                制品，各类丝织制品，围巾披肩等（或选购越南国字号保健品，如安宫牛黄丸、南洋片仔黄等）。然后特别赠送品尝芽庄网红【牛油果冰淇淋】，丝滑的牛油果配上甜而不腻奶味足的冰淇淋，撒上一些香甜的椰丝，脆口的椰子片入口即化，甜而不腻。后途经【土特产超市】，可自由参观选购土特产（此超市属于休息店，不属于购物店）。随后送回酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：三宝餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -881,57 +883,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄 — 广州
                 <w:br/>
-                酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约3小时），结束此次难忘的愉快之旅。
+                酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2.5小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6050/1600-1950，飞行时间约3小时，时差1小时
+                交通：参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -997,51 +999,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、广州-芽庄往返机票及税金；
                 <w:br/>
-                2、全程行程所列星级酒店标准间（3晚靠海边四星酒店参考：丹卓黄金、红宝石、那加、乐莫尔、帝国、海神、绿色世界或不低于同档次酒店+1晚海边五星酒店参考：科莫多、西格尼、钦特尔中央、维斯那或不低于同档次酒店）；
+                2、全程行程所列星级酒店标准间（3晚靠海边四星酒店参考：奇迹、国王塔、槟榔、丹卓黄金、圣越或不低于同档次酒店+1晚海边五星酒店参考：科莫多、钦特尔中央、西格尼、TTC、DQUA或不低于同档次酒店）；
                 <w:br/>
                 3、行程所列用餐（全程4早3正餐，正餐餐标做￥40元/人/餐）；
                 <w:br/>
                 4、空调旅游车(根据团队人数安排9-45座空调旅游车，保证每人1正座)；
                 <w:br/>
                 5、行程中所列景点首道门票（非注明自费项目）；
                 <w:br/>
                 6、中文导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1244,51 +1246,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">沉香制品、饰品等</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">90 分钟</w:t>
+              <w:t xml:space="preserve">120 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1386,51 +1388,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">装饰，首饰、越南特色服饰奥黛，床上用品等产品（或越南国字号保健品，如安宫牛黄丸、 南洋片仔黄等产品）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">90 分钟</w:t>
+              <w:t xml:space="preserve">120 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -2103,60 +2105,50 @@
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1、12周岁以下小孩不占床不含早餐需加收￥300元/人，若占床需加收￥800元/人；
                 <w:br/>
                 2、12-18岁的未成年人必须占床，需加收￥800元/人；
                 <w:br/>
                 3、持港澳台护照、外籍护照需加收￥500元/人；
                 <w:br/>
                 4、不含越南落地签+导游服务费￥550元/人（需与团费一起支付）；
-                <w:br/>
-[...8 lines deleted...]
-                3）需提前提供护照及相片的电子版，用于做落地签的批文。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2250,51 +2242,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-13</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>