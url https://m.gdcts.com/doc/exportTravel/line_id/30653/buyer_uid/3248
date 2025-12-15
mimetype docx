--- v0 (2025-10-07)
+++ v1 (2025-12-15)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【穿越西安】西安双飞4天丨兵马俑丨华清宫丨赠送西安千古情演出丨驼铃传奇演出丨西安博物院丨大唐不夜城丨西安城墙或西安科技馆·长安云行程单</w:t>
+        <w:t xml:space="preserve">【穿越西安】西安双飞4天丨兵马俑丨华清宫丨赠送西安千古情演出丨驼铃传奇演出丨西安博物院丨大唐不夜城丨西安城墙行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">每团13人封顶，0购物0自费，穿汉服妆造体验</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -410,51 +410,51 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★10人左右精品团·13人封顶，0购物0自费0擦边，100%真纯玩
                 <w:br/>
                 ★玩转西安地标：兵马俑/华清宫/西安博物院/钟鼓楼广场/回民街/大雁塔北广场/大唐不夜城
                 <w:br/>
-                ★慢游慢走：西安科技馆·长安云或西安城墙+广仁寺
+                ★慢游慢走：西安城墙+广仁寺+永兴坊
                 <w:br/>
                 ★超值赠送：价值298元/人《西安千古情演出》+价值298元/人《驼铃传奇》双演绎
                 <w:br/>
                 ★贴心安排：
                 <w:br/>
                 ①随车配备携带“百宝箱”（晕车贴、创可贴、湿巾、驱蚊水等）一次性雨衣
                 <w:br/>
                    随车配备雨伞、手机充电宝、自拍杆、数据线（仅供使用，不可带走）
                 <w:br/>
                 ②赠送兵马俑+华清宫景区耳麦 
                 <w:br/>
                 ③大唐不夜城-车接车送，充分保证夜游时间
                 <w:br/>
                 ④穿越唐朝-穿古装做一天唐“潮”人，实体店自主挑选美美的服装+专业的化妆师做妆造（搭配古风发饰）
                 <w:br/>
                 ★舌尖美食：全新升级网红特色餐—唐猫酒肆
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -912,57 +912,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-广州（飞行约2.5小时）
                 <w:br/>
                 早餐后，导游和司机提前在酒店等待客人，集合出发。
-                <w:br/>
-[...5 lines deleted...]
-                【2025年9月1日起以上行程调整为：游览广仁寺+明城墙+永兴坊】
                 <w:br/>
                 前往【广仁寺】（游览约40分钟），拥有世界上两尊佛祖十二岁等身像之一，是中国绿度母主道场，拥有中国精品千佛殿，这里也是陕西省的藏传佛教寺院，是汉族地区佛教全国重点寺院。（备注：广仁寺如因景区政策调整，则此景点调整为大明宫遗址免费区等其他景点）
                 <w:br/>
                 游览中国现存规模大、保存完整的古代城恒【明城墙】（上城墙，游览约60分钟），您当日可选择舒适休闲的穿着，方便您更舒服的游玩，触摸历史，感受古城的风韵和岁月的沧桑。
                 <w:br/>
                 而后【永兴坊-小吃街】园区分为关中巷、陕南街、陕北里、手工作坊、非遗民俗街、107街、非遗文创街、福街等八个街区，汇聚了陕西11地市，107区县的文化“精粹”。主要以仿古“坊、肆”建筑群、牌楼、休闲绿化广场、内街、井房形式建造，再现了古长安城的街坊式形态和历史生活气息，以及传统民俗生活空间。
                 <w:br/>
                 晚上根据航班时间约定送机 ，结束全部旅程
                 <w:br/>
                 <w:br/>
                 备注：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 3、送团司机会提前一天联系您，飞机提前3小时送，请您注意留意手机短信或电话。
                 <w:br/>
                 4、如因景区通知关闭、景区限流或不可抗力原因无法游览此景点，导游有权协商更换景点或调整行程顺序。
                 <w:br/>
                 5、2025年9月1日起下架西安科技馆+蓝海风．漫巷，调整为游览西安城墙+广仁寺+永兴坊，请知悉。
                 <w:br/>
                 6、航班信息：西安-广州MU2311/19:30、MU6956/22:30、ZH9224/22:00、CZ3204/21:00，不得指定航班，最终航班以实际出票为准。
                 <w:br/>
                 7、如您是晚班机返程，赠送游览1-2个应季盲盒景点（此景点为赠送景点，也没核算成本，不去费用不退），以自由参观为主，不含耳麦和讲解  ：
@@ -1499,51 +1492,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-08</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>