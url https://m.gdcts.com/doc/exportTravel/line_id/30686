--- v2 (2026-03-07)
+++ v3 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">直飞丽江【云起洱畔•丽大香】云南丽江大理香格里拉双飞6天（1价全含）丽江古城| 束河古镇| 玉龙雪山冰川大索道| 蓝月谷| 大理古城|大理洱海双廊| 松赞林寺| 独克宗古城| 虎跳峡（   升级1晚大理180°海景酒店）行程单</w:t>
+        <w:t xml:space="preserve">直飞丽江【云起洱畔•丽大香】云南丽江大理香格里拉双飞6天（1价全含）丽江古城| 束河古镇| 玉龙雪山冰川大索道| 蓝月谷| 大理古城|大理洱海双廊| 普达措| 独克宗古城| 虎跳峡（   升级1晚大理180°海景酒店）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -388,65 +388,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程亮点：
-                <w:br/>
                 ▲ 直飞丽江，广东成团 双飞6天5晚
                 <w:br/>
-                ▲ IP景点：玉龙雪山冰川大索道、大理一线s湾廊道、香格里拉松赞林寺、虎跳峡
+                ▲ IP景点：玉龙雪山冰川大索道、大理一线s湾廊道、香格里拉普达措森林公园、虎跳峡
                 <w:br/>
                 ▲ 打卡地标爆红景点：大理双廊古镇+大理s湾洱海廊道骑行+下午茶
                 <w:br/>
                 ▲ 独家资源：洱海筑梦、躺看洱海，海景日出、享大理180度海景酒店海景房
                 <w:br/>
                 ▲ 全程网评四钻酒店+1晚香格里拉供氧房
                 <w:br/>
-                ▲ 纯享品味大理三道茶体验+扎染体验 
+                ▲ 纯享品味大理三道茶体验+扎染体验
                 <w:br/>
                 ▲ 赠送香格里拉歌舞伴餐土司宴
+                <w:br/>
+                ▲ 香格里拉大经幡：以巨大的经幡为背景，都能拍出极具震撼力和艺术感的照片
                 <w:br/>
                 ▲ 纯玩1价全含0自费，成人赠送蓝月谷电瓶车+玉龙雪山能量包
                 <w:br/>
                 ▲ 舌尖味道：特别安排独特民族餐宴：香拉土司宴，丽江火塘鸡，大理砂锅鱼
                 <w:br/>
                 ▲ 人文景观：大理古城+丽江古城+束河古镇+独克宗古城，截然不同的少数民族文化体验
                 <w:br/>
                 ▲ 赠送安排观看原生态大型实景演出【印象丽江】
                 <w:br/>
                 ▲ 新婚报名：赠送一晚蜜月大床房鲜花布置（根据实际情况安排布置在全程的其中一晚）
                 <w:br/>
                 ▲ 生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -772,63 +772,67 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江-大理（车程约200公里，行驶约2.5小时）
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早上：酒店内早餐
                 <w:br/>
-                上午：早餐后丽江前往大理白族自治州【古法白族民俗传承手工坊】体验国家级非物质文化遗产—【扎染坊】 欣赏大理白族沿袭千年的传统文化【白族三道茶歌舞表演】，品尝“一苦二甜三回味”的三道茶。参观【大理白族建筑】瑰宝，触摸穿越时光的白族文化。
-[...5 lines deleted...]
-                在这里，我们还贴心为您准备了【一线海景酒店下午茶享用时间14：00-17:00】小资精致的甜点小食与特调饮品配上无敌海景，在味蕾得到满足的同时，自然景色与洱海灵气一并揽入视野，面朝大海与阳光撞个满怀，心情随之明媚，体验感满分。
+                上午：早餐后丽江前往后乘车前往大理，游览【双廊古镇】是最适宜人居的小镇，素有“大理风光在苍洱，苍洱风光在双廊”之盛誉.玩在双廊，吃在双廊，双廊就是这样的一个美好的地方，在这一个文艺而特别的地方。
+                <w:br/>
+                后前往【古法白族民俗传承手工坊】参观【大理白族建筑】瑰宝，触摸穿越时光的白族文化。体验国家级非物质文化遗产【扎染坊】、欣赏大理白族沿袭千年的传统文化【白族三道茶歌舞表演】，品尝“一苦二甜三回味”的三道茶。
+                <w:br/>
+                行程结束之后，后前往酒店入住酒店内休息度过愉快的下午。赠送洱海海岸线体验【梦幻海湾骑行】蓝天碧海，骑着单车享受海风吹拂，一路风光旖旎，看洱海波光粼粼，湖光山色尽收眼底，感受苍山洱海间的浪漫，文艺感十足。
+                <w:br/>
+                在这里，我们还贴心为您准备了【海景下午茶享用时间14：00-17:00】小资精致的甜点小食与特调饮品配上无敌海景，在味蕾得到满足的同时，自然景色与洱海灵气一并揽入视野，面朝大海与阳光撞个满怀，心情随之明媚，体验感满分。
                 <w:br/>
                 餐：含早中餐
                 <w:br/>
                 大理一线海景酒店海景房：云起大理海景酒店或同级
                 <w:br/>
-                备注：大理云起海景酒店，如碰到酒店满房或会议满房、政府征用等因素，入住顺序会根据酒店房态做相应的调整。我社有权在不减少景点和降低服务标准的前提下对行程景点先后游览顺序进行调整，确保海景酒店用房，敬请谅解。行程中所列车程时间、游览时间仅供参考，具体以实际为准！
+                备注：
+                <w:br/>
+                ①大理云起海景酒店，如碰到酒店满房或会议满房、政府征用等因素，入住顺序会根据酒店房态做相应的调整。我社有权在不减少景点和降低服务标准的前提下对行程景点先后游览顺序进行调整，确保海景酒店用房，敬请谅解。行程中所列车程时间、游览时间仅供参考，具体以实际为准！
+                <w:br/>
+                ②大理云起海景酒店温馨提示：房间楼层将根据当日房态随机安排，只保证海景房，不支持指定楼层，感谢您的理解与支持。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1.提前准备好拍照各类道具、服装；各位贵宾涂抹好防晒霜，带好遮阳帽等，并注意安全
                 <w:br/>
                 2.大理是一个少数民族聚居的地方，请尊重当地少数民族的风俗，不要乱丢垃圾。一是为保护环境，二是尊重民族习惯。
                 <w:br/>
                 3.双廊的气温总体偏低一点，洱海边更是风大，请做好保暖工作。晴天时双廊阳光、紫外线强烈，建议带遮阳帽、太阳镜。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：传承手工坊、双廊古镇、梦幻海湾骑行
                 <w:br/>
                 到达城市：大理白族自治州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
@@ -871,74 +875,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大理古城→颂赞林寺→独克宗古城→香格里拉（车程约200公里，行驶约2.5小时）
+                大理古城→香格里拉（行驶约4.5小时）
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早上可自行起床观看【大理海景看日出】美轮美奂，朝霞红印，红嘴鸥嘻戏，如此之美
                 <w:br/>
                 早餐：酒店内早餐
                 <w:br/>
                 上午：早餐后前往游览【大理古城】街道两旁，白族民居古香古色。城内由南到北，一条大街横贯其中深街幽巷，由西到东纵横交错，全城清一色的清瓦屋面，鹅卵石堆砌的墙壁，显示着古城 的古朴、别致、优雅，透出一种诱人气韵。
                 <w:br/>
-                下午：后大理出发前往香格里拉前往游览被誉为“小布达拉宫”之称【噶丹·松赞林寺】该寺依山而建，外形犹如一座古堡，集藏族造型艺术之大成，又有“藏族艺术博物馆”之称。
+                下午：后大理出发前往香格里拉，中途游览后游览【虎跳峡】水势汹涌，声闻数里，以奇险雄壮著称于世，世界上最深的大峡谷之一，国家AAAA级旅游风景名胜区
+                <w:br/>
+                 随后来到【香格里拉大经幡】经幡面积巨大，数量众多，远远望去仿佛与天相接。这里是香格里拉热门的拍照打卡点，晴天时拍照光线充足，色彩饱和度高，非常出片。站在经幡下，以巨大的经幡为背景，无论是拍摄个人写真还是集体合影，都能拍出极具震撼力和艺术感的照片
                 <w:br/>
                 网红打卡地标夜游【独克宗古城】转世界上最大的转经筒，为爱你的人和你爱的人祈福。它是按照佛经中的香巴拉理想国建成的。古城依山势而建，路面起伏不平，那是一些岁月久远的旧石头就着自然地势铺成的，至今，石板路上还留着深深的马蹄印，那是当年的马帮给时间留下的信物了
                 <w:br/>
                 晚上：晚上观看藏族有特色的歌舞表演-【土司宴】（游览时间约90分钟）品藏家牦牛小火锅，青稞面，酥油茶等，观看特色民族风情晚会,边吃边欣赏！结束后入住酒店休息。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.香格里拉平均海拔约3280米，紫外线较强请注意防晒并注意自己的身体情况，若发现不适，请及时通知导游。建议您提前携带高原反应药物红景天、感冒消炎药、晕车药、止泻药等。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：大理古城、  噶丹·松赞林寺、 独克宗古城
+                景点：大理古城、虎跳峡、大经幡-独克宗古城
                 <w:br/>
                 到达城市：香格里拉县
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -977,55 +983,55 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 香格里拉  →虎跳峡→丽江→酒店
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早餐：酒店内早餐
                 <w:br/>
                 上午：早餐后前往【唐卡手工绘制体验】了解藏文化，学习唐卡知识:在开始绘制之前，有专业的唐卡画师或者指导老师为你介绍唐卡的历史、文化背景、艺术特点以及绘制唐卡的基本要求和注意事项等，这有助于你更好地理解和体验唐卡艺术。
                 <w:br/>
-                下午：后香格里拉前往丽江途中抵达【小中甸】（因受草场爆护等因素，不能进入草场里面，在路边观赏拍照留恋）远处观赏高原藏区牧场；不同的季节，小中甸的格桑花、杜鹃花、狼毒花纷纷争相开放。后游览【虎跳峡】水势汹涌，声闻数里，以奇险雄壮著称于世，世界上最深的大峡谷之一，国家AAAA级旅游风景名胜区。途中远眺天下奇观【长江第一湾】罕见的“V”字形大弯。后乘车返回丽江入住酒店
+                下午：后前往【普达措国家公园】普达措国家公园是一个无任何污染的童话世界，湖清清，天湛蓝，林涛载水声，鸟语伴花香，一年四季景色各不相同。漫游花海草甸，走进森林成毡的净土，赏雪域高原上的美丽湖泊属都湖，观赏茂密原始森林。游【属都湖】这里有水美草丰的牧场、百花盛开的湿地、飞禽走兽出没的原始森林，被称为无任何污染的“童话世界”。后乘车返回丽江入住酒店
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：唐卡手工绘制体验、虎跳峡
+                景点：唐卡手工绘制体验、普达措国家公园
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1073,50 +1079,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江-广州（航程约3小时）
                 <w:br/>
                 早餐后前往【束河古镇】束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。
                 <w:br/>
                     体验纳西庭院下午茶——【围炉煮茶】慢火烹茶，静享时光。不如，小坐一下赴一场新中式茶局，冬日暖阳至、相约围炉、笑谈人生百事、惬意休闲旅游，浪漫如约而至；将每一寸光阴浸泡在喝茶的时间里，尽享人间好时节，尽享旅行的温暖浪漫；在这里时间可以过的很慢，在这里可以忘掉一切烦心事，你只需要安安静静享受此刻的安静与美好，围炉喝茶，品茶品行品百味人生，
                 <w:br/>
                 后前往游览秀丽的木氏土司皇家园林【黑龙潭公园】只见远处玉龙雪山倒遇潭中，出现“雪山四万八千丈，银屏
                 <w:br/>
                 一角深插底”的奇景。象山半壁映入水中，使黑龙潭山中有水，水中有山，山水相映，黑龙潭以其天生丽质，名列《中国名泉》、《中国风景名胜》等书。
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。感谢各位贵宾对我们工作的支持和理解，针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 交通：汽车、飞机
                 <w:br/>
+                到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1541,51 +1548,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>