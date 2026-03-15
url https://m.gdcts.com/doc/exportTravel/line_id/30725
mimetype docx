--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1741751440sN</w:t>
+              <w:t xml:space="preserve">SA1741751440sN-YT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,51 +343,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：CZ3081 广州/曼谷 12:25-14:30 ; 返程： CZ3082 曼谷/广州 15:45-19:40
+                4-6月份：
+                <w:br/>
+                逢周二：去程：CZ8099 广州/曼谷 10:40-12:50；回程：CZ8100 曼谷/广州 13:45-17:45
+                <w:br/>
+                逢周三：去程：CZ357  广州/曼谷 08:15-10:20；回程：CZ364  曼谷/广州 19:00-23:10
                 <w:br/>
                 备注：散拼不可指定航班，由航空公司调配，以上为参考航班，最终航班以出团通知书为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -402,53 +406,53 @@
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ◎【品质出行】全程无购物，纯玩品质
                 <w:br/>
                 ◎【优质航班】南航航班广州直飞曼谷，拒绝廉价航空
                 <w:br/>
                 ◎【专业领队】广州起止，专业领队，悉心照料全程旅行
                 <w:br/>
                 ◎【严选酒店】3晚曼谷网评五钻酒店+2晚芭提雅网评五钻酒店
                 <w:br/>
                 ◎【独家安排】独家豪华游艇出海：海上K歌-海钓-畅游暹罗湾，尊享十二项服务（脱离常规岛屿）
                 <w:br/>
-                ◎【网红打卡】“马尔代夫“水上咖啡厅；跑男同款暹罗古城
-[...1 lines deleted...]
-                ◎【优选景点】佛统大塔；泰拳表演；全明星号
+                ◎【网红打卡】爽泰庄园(骑大象+穿泰服体验泼水祝福+水果餐)；
+                <w:br/>
+                ◎【优选景点】富贵黄金屋；泰拳表演；全明星号
                 <w:br/>
                 ◎【味蕾升级】海鲜无限量；水果无限量
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -643,59 +647,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大皇宫--打卡“马尔代夫”水上咖啡厅--佛统大塔--网红夜市
+                大皇宫--长尾船游湄南河（水门大佛）—打卡“马尔代夫”水上咖啡厅--网红夜市
                 <w:br/>
                 早餐后，前往参观金碧辉煌的【大皇宫】大皇宫对于去泰国旅游的人来说有着特别的意义， 到了泰国怎么也要去看一看这泰国皇宫的华丽与庄严吧，这片金碧辉煌的宫廷建筑汇集了绘画 、雕刻和装饰艺 术的精华， 走在殿宇之间除了感叹更能感受到建筑给人带来的安宁 。
                 <w:br/>
                 <w:br/>
+                随后【船游湄南河】乘坐游船欣赏两岸的璀璨魅力，捕捉水门寺大佛的壮丽景色。
+                <w:br/>
+                <w:br/>
                 【“马尔代夫”水上咖啡厅】‌Bubble In The Forest Cafe‌是一家位于泰国佛统府的咖啡馆，由Thai Garden Design事务所设计，以其泰式园林和热带风情著称。这家“水上咖啡厅”的设计灵感来源于泰式景观风格，于2021年3月14日开放后迅速走红。咖啡馆的设计不仅借鉴了马尔代夫的水上漂浮房屋，打造了一座漂浮在水上的咖啡馆，而且还通过一条优美的弧形木质小桥连接到对岸，每个独立的“水上用餐空间”都设在这座桥梁的分支点上，座位漂浮在水面上。岸边设有两排带顶棚的水上建筑，供客人坐下来放松身心，尽情欣赏佛统的稻田与蔚蓝湖水的美景。建筑之间还设有舒适的休闲躺椅，供游客躺下来享受裹挟着稻田清香的湖畔微风。小桥的尽头设有一座两层高的凉亭，爬上顶层，可以一览无余的稻田和湖景。木凉亭边缘还设有网状吊床，同样可以躺卧、休憩，并欣赏视野绝佳的风景。您可以在这里自费点一杯咖啡或小吃悠闲地度过您的度假时光！
-                <w:br/>
-[...1 lines deleted...]
-                【佛统大塔】佛统大塔不仅是佛教信仰的象征，而且是一座承载着深厚历史文化底蕴的圣地。对于游客来说，这里是一个了解泰国佛教文化、感受泰国人民信仰的绝佳场所。除了其壮观的建筑风格和深厚的历史文化底蕴外，佛统大塔还见证了泰国佛教的发展历程，是泰国文化和艺术的瑰宝之一。在游览佛统大塔的过程中，建议游客保持安静和尊重，不要大声喧哗或做出不适当的行为，以免影响其他信徒和游客的参观体验。
                 <w:br/>
                 <w:br/>
                 【网红夜市】不指定夜市，导游根据团队情况进行安排。曼谷作为泰国的首都和著名的旅游城市，拥有众多网红夜市，吸引了来自世界各地的游客。夜市不仅提供了丰富的美食和购物选择，还有现场音乐和各种活动，让游客在享受美食的同时，也能感受到泰国文化的独特魅力。无论是寻找独特的纪念品、品尝当地美食，还是体验泰国的夜生活，这些网红夜市都是不容错过的地方‌。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：泰昌楼     晚餐：夜市自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -728,75 +732,84 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                曼谷--跑男同款暹罗古城--前往芭提雅--全明星号--晚上海鲜无限量
-[...1 lines deleted...]
-                酒店早餐后，参观游览【暹罗古城】又称“暹罗古城七十二府”，位于‌泰国曼谷市区南部，距离曼谷市区约30公里，是泰国的一个重要历史文化遗产景点。暹罗古城不仅是一个历史的见证，也是一个摄影爱好者的天堂。这里有许多适合拍照的地点，如‌罗汉殿、‌大鱼神等，尤其是穿上当地特色的服装拍照效果更佳。‌ 暹罗古城不仅是一个历史的见证，也是一个摄影爱好者的天堂。这里有许多适合拍照的地点，如‌罗汉殿、‌大鱼神等，尤其是穿上当地特色的服装拍照效果更佳。
+                曼谷前往芭提雅--爽泰庄园(骑大象+穿泰服体验泼水祝福+水果餐)--富贵黄金屋--全明星号--晚上海鲜无限量
+                <w:br/>
+                酒店早餐后，驱车前往“东方夏威夷”芭提雅。之后前往【爽泰庄园】一个充满异国风情和自然美景的地方，游客可以在这里体验到丰富多彩的泰国文化。
+                <w:br/>
+                --你可以坐在大象背上，随着它的步伐穿梭在庄园中，从不一样的角度欣赏四周的风景，感受异域风情。
+                <w:br/>
+                --换上泰式传统服装，体验泰国宋干节（泼水节） 活动，在欢乐的氛围中拿起水瓢，与朋友或家人互相泼水，送上美好的祝福。
+                <w:br/>
+                --游玩过后，可以享受到丰盛的热带水果大餐。你将品尝到多种泰国当地新鲜的时令水果，让你一次尝过足瘾 。
+                <w:br/>
+                <w:br/>
+                特别升级安排参观【富贵黄金屋】欢迎各位玩家来到台湾版流星花园取景地，道明寺的家。这座庄园是泰国华裔 首富斥资具资为他的母亲所建，非常富丽堂皇。整个庄园的建筑属于粉蓝色调，庄园内会有很多佛像观音像。
                 <w:br/>
                 <w:br/>
                 【全明星号】‌芭提雅全明星号邮轮‌是芭提雅地区唯一一艘可以在夜间游览芭提雅海湾的游轮，它提供了独特的体验，让游客在享受芭提雅夜景的同时，也能享受到丰富的美食和精彩的表演。在全明星号上，游客可以享受到丰盛的自助晚餐—海鲜无限量，包括各种经典泰式菜肴和国际美食。此外，游轮上的亮点还包括历届蒂芙尼选美比赛冠军所提供的精彩歌舞表演，这些美艳的泰国人妖表演者将带来令人目不转睛的视觉盛宴。游轮的服务定位高端，提供贵宾般的待遇，人妖表演者均为历届蒂芙尼选美比赛的获奖者，确保了演出的高质量和观赏性。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：古城自助餐     晚餐：海鲜无限量   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：泰式小火锅     晚餐：海鲜无限量   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芭提雅：网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -811,71 +824,72 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 独家豪华游艇出海（海上K歌-海钓-畅游暹罗湾）--泰拳表演
                 <w:br/>
                 早餐后，乘坐游艇出海，畅游【暹罗湾】，暹罗湾就在太平洋的最西端,现在叫做泰国湾。海湾从越南金瓯角至马来西亚哥巴鲁附近,与太平洋南中国海水域相连。随后在【海钓】来泰国玩一定要来芭提雅体验海钓，简直太爽了。
                 <w:br/>
-                <w:br/>
                 【泰拳表演】芭提雅作为泰国著名的旅游胜地，不仅以其美丽的海滩和丰富的夜生活著称，还因其独特的文化表演而吸引着世界各地的游客。其中，泰拳表演是芭提雅的一大特色，吸引了众多游客前来观看。泰拳秀不仅是一场体育竞技的展示，也是泰国文化的一种体现，让观众在紧张刺激的比赛中感受到泰国人民的勇敢与坚韧‌。
                 <w:br/>
+                【海鲜自助餐厅】天宝馆，享用海鲜自助餐
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：游艇中餐     晚餐：泰式风味餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：游艇中餐     晚餐：海鲜自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芭提雅：网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -886,62 +900,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                四面佛--水果无限量--返回曼谷--KINGPOWER免税店
+                四面佛--泰式按摩 1 小时--返回曼谷--KINGPOWER免税店
                 <w:br/>
                 早餐后，前往参观【四面佛】四面佛的四个面分别代表健康平安、事业有成、婚姻美满、财运亨通，按照顺时针方向依次排列。因此，四面佛被信众广泛崇拜，认为其能够满足各种愿望，有着“有求必应”的美誉。在泰国，特别是芭提雅皇家寺的四面佛，因其灵验而吸引了无数信众前来朝拜，香火极为旺盛。
                 <w:br/>
                 <w:br/>
-                【水果无限量】泰国以其丰富的热带水果而闻名，尤其是山竹、红毛丹、蛇皮果、龙宫果、菠萝蜜、芒果等等，这些水果不仅风味独特，而且被视为水果中的佳品。在芭提雅，享受水果大餐是一种独特的餐饮体验。
+                【泰式按摩 1 小时】为泰国古代医学文化之一，拥有四千多年历史，源远流长。古代泰国皇族利用它作为强身健体和治疗身体劳损方法之一。近年来经过泰国政府监管发展和积极推广的情况下，泰式按摩已广为人知，成为受中外 重视的天然治疗。（为身体骨骼生长安全起见，18岁以下旅客恕不包含，亦不可转让或退费）
                 <w:br/>
                 <w:br/>
                 【KINGPOWER免税店】曼谷的王权免税店是当地人气最高的免税连锁店之一，拥有4家分店，覆盖市区和机场，顾客可以在店内免税购物或直接办理退税，提供了极大的便利性。总的来说，KING POWER免税店以其丰富的商品种类和高品质的服务，成为了泰国及全球旅客喜爱的购物目的地‌。提供了丰富的商品选择，包括但不限于酒类、烟草、香水、化妆品、糖果、手表、钢笔、打火机、时装服饰及珠宝首饰等。特别是普吉机场店和清迈机场店，它们提供了大量的优质产品以满足每位旅客的需求，具有来自世界各地的顶级奢华产品，如Chanel香奈儿、Clinique倩碧、Dior迪奥、Estee Lauder雅诗兰黛和Lancome兰蔻等世界知名品牌的香水和化妆品。
-                <w:br/>
-[...1 lines deleted...]
-                备注：本行程，当地会安排观看人蛇表演，但不是购物店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：李锦昌     晚餐：免税店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1709,95 +1720,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">确定日期出游后不可更改或取消（除遇不可抗力因素），恕不退款</w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">免签</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1901,51 +1867,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>