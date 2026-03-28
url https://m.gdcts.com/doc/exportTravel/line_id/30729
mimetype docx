--- v0 (2026-01-18)
+++ v1 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节】纯享越南（胡美芽河） | 越南航空三飞往返 | 纯玩0购物0自费 | 赠送燕窝饮和越南咖啡行程单</w:t>
+        <w:t xml:space="preserve">【五一】纯享越南四城（河内+芽庄+美奈+胡志明） | 越南航空三飞往返 | 纯玩0购物0自费 | 赠送燕窝饮和越南咖啡 | 网评四星酒店+网评海边五星酒店行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">纯享越南四城联游6天5晚</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -357,55 +357,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-河内：VN 507  16:25-17:35
-[...3 lines deleted...]
-                胡志明-广州：VN 502  10:15-14:10
+                0430 广州-河内：VN 507  16:20-17:30
+                <w:br/>
+                0501 河内-芽庄：VN1563  16:30-18:30
+                <w:br/>
+                0505 胡志明-广州：VN 502  10:10-14:10
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -420,53 +420,53 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 特色交通：越南国家航空，广州往返，三飞不走回头路，优质舒适
                 <w:br/>
                 ★ 贴心安排：全程中文地陪+专业领队悉心陪同、照料
                 <w:br/>
                 ★ 品质体验：全程纯玩 不进店 0购物 0自费
                 <w:br/>
                 ★ 游玩专享：四城联游，一次打卡首都和经济特区和度假胜地
                 <w:br/>
                 ★ 轻奢住宿：网评四星酒店+网评海边五星酒店，优享入住
                 <w:br/>
                 ★ 渡假专享：一次出游，游览4大城市的经典和网红景点，轻松游玩，带娃打卡两不误！
                 <w:br/>
-                ★ 越南美食：特色美食，烤肉粉、簸箕餐、自助餐、米其林牛肉粉、越式风味餐
-[...1 lines deleted...]
-                ★ 温馨赠送：芽庄特色燕窝饮每人一瓶
+                ★ 越南美食：特色美食，烤肉粉、簸箕餐、自助餐、米其林牛肉粉、瓦片烤肉餐、越式风味餐
+                <w:br/>
+                ★ 温馨赠送：芽庄特色燕窝饮、越南正宗滴漏咖啡
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -621,133 +621,135 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：河内烤肉粉   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">河内网评四星酒店（参考酒店：河内孟清夏拉酒店(Muong Thanh Grand Xa La Hotel)或同级）</w:t>
+              <w:t xml:space="preserve">住宿：河内网评四星酒店    参考酒店：河内孟清夏拉酒店(Muong Thanh Grand Xa La Hotel)或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 河内-芽庄
                 <w:br/>
                 酒店享用早餐后，出发游览【河内火车街】（游览时间约40分钟）Hanoi train street 河内火车街，也被称为“铁路街”或“火车巷”，位于河内老城区的中心，是一条独特的街道，因其紧邻铁轨而闻名。河内火车街的主要景点之一是小巷两旁迷人的咖啡馆。这些咖啡馆提供独特的体验，可以一边欣赏火车驶过，一边享用一杯越南咖啡或美味佳肴。 火车时间表： 9:20～15:20～20:20～21:40～22:00。
                 <w:br/>
                 接着游览【巴亭广场】（游览时间约30分钟）位于河内市中心，1945年越南“八月革命”胜利后胡志明主席就是在此宣布越南民主共和国成立的，从此广场成为越南的政治地区。Ba Dinh Square 越南版的“天安门广场”。
                 <w:br/>
                 接着游览【河内大教堂】（游览时间约30分钟）又名圣约瑟夫大教堂，是河内较为古老的教堂，建于1888年，据说是仿巴黎圣母院兴建而成，同时也是河内很具代表性的法式建筑，距今也有一百多年的历史。
                 <w:br/>
                 午餐后送机到河内机场，搭乘内陆航班飞往“东方马尔代夫”之称—【芽庄】。抵达后由导游接机，在岩岩夏热的天气，安排每人一瓶冰冻的欢迎饮料芽庄燕窝饮，消除飞机上的疲劳。随后前往品尝芽庄特色簸箕餐，结束后送往酒店入住休息！
                 <w:br/>
+                交通：参考航班：VN1563  16:30-18:30
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：越式风味餐     晚餐：芽庄簸箕餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄海边五星酒店（参考酒店：芽庄豪华芒青酒店(Muong Thanh Luxury Nha Trang Hotel)或同级）</w:t>
+              <w:t xml:space="preserve">住宿：芽庄海边五星酒店   参考酒店：芽庄豪华芒青酒店(Muong Thanh Luxury Nha Trang Hotel)或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -785,51 +787,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：岛上自助餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄海边五星酒店（参考酒店：芽庄豪华芒青酒店(Muong Thanh Luxury Nha Trang Hotel)或同级）</w:t>
+              <w:t xml:space="preserve">住宿：芽庄海边五星酒店   参考酒店：芽庄豪华芒青酒店(Muong Thanh Luxury Nha Trang Hotel)或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -850,68 +852,68 @@
                 酒店享用自助早餐后，出发游览【五指岩】（游览时间约40分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。
                 <w:br/>
                 接着驱车前往半沙半海，清新宁静的海边度假胜地【美奈】，天然的曼妙风景，仿佛令人置身世外桃源。美奈（Mui Ne）是位于越南东南部平顺省美奈半岛上的一个渔村小镇，距离胡志明市东北约200公里，离潘切市（Phan Thiet）约22公里。这里有长约50kms的绵长海滩，椰风海浪，水清沙幼，游人不多，不同档次的旅游度假屋众多，是越南南部不可不去的海滩之一。
                 <w:br/>
                 抵达后先品尝午餐，下午出发参观仙境之地【仙女溪】（游览时间约30分钟）水质清澈，水里的沙子很软，岸边生长有四叶草等植物。仙女溪色彩由红土、白沙、蓝天、流水、绿树等色彩强烈的元素组成，绝对是摄影爱好者们的大爱。之后参观"一边是火焰，一边是大海"的奇观【海角沙丘】（游览时间约60分钟，含滑沙项目）又名【白沙丘】，让游客们体验滑沙的乐趣，解放孩子们对沙漠的豪放之情。这是一座高高耸立在海边，方圆好几公里的沙山，放眼四望一片大漠风烟之景。沙丘呈新月形，沙粒细腻，曲线曼妙，沙雾随风起。如果你是追风族，可以尽情感受由山顶直冲山脚的速度感。接着前往【红沙丘Red Sand dune】（游览时间约30分钟）延绵不断红色的沙子，距离大海较近，傍晚时分，紫色的晚霞与棕红色的沙丘在落日余晖的笼罩下显得更加艳丽，整个气氛浪漫至极。
                 <w:br/>
                 结束游玩后，前往品尝特色晚餐，随后返回酒店休息！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：中式/越式围餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">美奈网评四星酒店（ 参考酒店：美奈诺维拉水疗度假村(Novela Muine Resort &amp; Spa)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：瓦片烤肉餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">住宿：美奈网评四星酒店     参考酒店：美奈诺维拉水疗度假村(Novela Muine Resort &amp; Spa)或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -945,51 +947,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：米其林牛肉粉     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">胡志明网评四星酒店（参考酒店：拉玛纳西贡酒店(Ramana Saigon Hotel)或同级）</w:t>
+              <w:t xml:space="preserve">住宿：胡志明网评四星酒店   参考酒店：拉玛纳西贡酒店(Ramana Saigon Hotel)或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1099,51 +1101,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大交通：广州-河内/河内-芽庄/胡志明-广州，越南航空团队经济舱往返机票及税金 （不含航司临时通知的涨幅）；
                 <w:br/>
                 用车标准：使用车辆合法旅游运营资质空调车辆，每人确保一正座，车型根据人数而定；
                 <w:br/>
                 酒店标准：行程所列酒店住宿，为标准双人间含每人每天一床位（小孩价不占床位）；
                 <w:br/>
-                餐饮标准：全程5早餐和7正餐（餐标50，蚕岛自助餐门票已含），10人一桌，每桌8菜一汤；
+                餐饮标准：全程5早餐和7正餐（团餐餐标50，河粉餐35，蚕岛自助餐门票已含），10人一桌，每桌8菜一汤；
                 <w:br/>
                 门票标准：已含行程中景点首道大门票，行程以外不含；
                 <w:br/>
                 导游标准：全程当地中文导游陪同；
                 <w:br/>
                 领队标准：广州起止，全程领队服务(10人起派)；
                 <w:br/>
                 安全标准：旅行社旅游责任险；
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1407,51 +1409,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>