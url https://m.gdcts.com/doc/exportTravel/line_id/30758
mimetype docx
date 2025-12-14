--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特惠▪寻秦记】陕西双飞6天 | 兵马俑 |华清宫 | 白鹿原影视城|青龙寺| 大唐不夜城 | 西安博物院 | 唐城墙遗址公园（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【特惠▪寻秦记】陕西双飞5天 | 兵马俑 |华清宫 | 白鹿原影视城|青龙寺| 大唐不夜城 | 西安博物院 | 唐城墙遗址公园| 陕博秦汉馆（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910A5</w:t>
+              <w:t xml:space="preserve">DFY-202512A5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,59 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州-安康，CZ6463（07：40-09：55）
-[...7 lines deleted...]
-                【回程】运城-广州，CZ6464（10：25-12：55）
+                【去程】广州 → 西安｜CZ3201（07：20-10：00）
+                <w:br/>
+                【回程】西安 → 广州｜CZ3218（18：00-21：05）
                 <w:br/>
                 （进出港口跟具体航班时间以实际出票为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -411,58 +405,50 @@
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ☆ 步入正善之门【西安青龙寺】感受千年佛光，聆听佛钟，为心中挂念之人祈福纳祥！
                 <w:br/>
                 ☆ 观摩“世界第八大奇迹”【秦始皇陵兵马俑】领略秦王军阵雄风，感受两千年前的铁甲铮嵘！
                 <w:br/>
                 ☆ 陈忠实笔下世界的真实缩影【白鹿原影视城】西北地区最具代表性的影视基地，在这里你可以化身戏中人，穿上民国服饰，演绎一场跨越百年的家族传奇！
                 <w:br/>
                 ☆ 唐明皇与杨贵妃爱情发生地【华清池】西安事变的发生地之一，见证了张学良、杨虎城两位将军扣押蒋介石的历史事件，成为中国革命史上的一个重要转折点！
                 <w:br/>
                 ☆ 博古通今，文化盛宴【西安博物院】直击周秦汉唐到近现代的完整历史画卷！
                 <w:br/>
                 ☆ 全网最热打卡地，唐朝盛世沉浸式主题街区【大唐不夜城】一起梦回大唐感受跨越千年的浪漫！
-                <w:br/>
-[...6 lines deleted...]
-                ☆【暖心出行】团团配备“百宝箱”提供个性化服务，让游客体验无微不至的旅程！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -579,74 +565,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州安康/运城西安
-[...1 lines deleted...]
-                根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！搭乘航班飞赴安康或运城，抵达后车赴西安（约3小时），走进西安城墙下的陕派慢生活【永兴坊】（游览约1小时）永兴坊是唐长安城108坊之一，这位置可是唐太宗时候魏征的相府，位于小东门里西北角，紧邻城墙，明清以来，这个地方被称为“鬼市”，是西安著名的旧货交易、古玩市场。现在的永兴坊，专门展示陕西省境内的非物质文化遗产美食文化。游览【西安事变纪念馆】（自由参观约1小时）走进这里，仿佛穿越回了1936年的那个冬天，张学良和杨虎城将军发动的事变，改变了中国的历史进程。详尽的文字介绍、珍贵的历史照片和实物展览，深入了解西安事变的背景、经过以及它对中国革命的重要影响。漫步于【钟鼓楼广场+北院门仿古步行街】（自由活动约2小时），在具有民族特色的回民小吃街自费品尝美食【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】，自由活动后入住酒店！
+                广州-西安
+                <w:br/>
+                根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！搭乘航班飞赴西安，接团午餐后，参观【西安博物院】（约1.5小时）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。漫步于【钟楼鼓楼广场+北院门仿古步行街】（自由活动约2小时），在具有民族特色的回民小吃街自费品尝美食【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】，自由活动后入住酒店！
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、西安博物院逢周二闭馆，免费不免票，需提前预约。如遇闭馆或预约不成功，则改为赠送：西安八路军办事处/临潼博物馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业路智选假日酒店、美丽豪酒店。怡景花园、中洲国际酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -657,76 +647,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安市区一天
-[...1 lines deleted...]
-                酒店享用自助早餐，参观电视剧《一生一世》取景地【青龙寺】（约1.5小时），承载着深厚的历史文化底蕴与密宗佛教传承，始建于公元582年，不仅是唐代密宗的重要道场，也是中日文化交流的重要见证地。前往【唐城城墙遗址公园】（游览约1小时）每一块斑驳的砖石都是历史的低语，带你穿越回那个万国来朝的盛世大唐。游览【西安电影制片厂免费区】（游览约1小时），这里充满了复古与现代交融的美学元素，是摄影爱好者的天堂，无论是斑驳的老墙、独特的建筑线条，还是充满故事感的场景布局，都能成为你镜头下独一无二的记忆画面。游【大唐不夜城】（游览约3小时），耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                西安-蓝田-西安
+                <w:br/>
+                酒店享用自助早餐，游览【白鹿原影视城】（约3小时，不含上行云梯30，下行景交20元），景区主要由白鹿村、滋水县城、景观步道等多余处景观组成，是以陈忠实长篇小说《白鹿原》原著为建筑蓝本兴建而成的仿古建筑。走在关中民居“房子半边盖”的街道，吃着关中特色的美食，仿佛自己也是地道的陕西关中人。一日走过武关萧关潼关金锁关大散关五大关，体验古原，穿越周秦汉唐。只有身临其境才能感受到这片沥沥黄土地的沧桑往事、幽幽风情。前往【影视城滑雪场自由嬉雪】（约3小时，不含滑雪），适合家庭亲子活动，让您和家人朋友一起享受北方独有的快乐，和朋友一起堆雪人、打雪仗，享受冰雪乐趣。
+                <w:br/>
+                【推荐自费】
+                <w:br/>
+                1、白鹿原影视基地套票（160元/人）：《二虎守长安》实景演绎+华阴老腔+声音博物馆+长安翱翔+上行观光电梯+下行观光车+穿越1912换装体验。
+                <w:br/>
+                2、白鹿原滑雪（198元/人）：费用包含雪鞋、雪杖、雪板、景区电瓶车、保险。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【青龙寺】【唐城城墙遗址公园】【西安电影制片厂免费区】【大唐不夜城】
+                景点：【白鹿原影视城】【影视城滑雪场自由嬉雪】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：长安风味   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业路智选假日酒店、美丽豪酒店。怡景花园、中洲国际酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -737,88 +733,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-临潼-西安
-[...9 lines deleted...]
-                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
+                西安古城一日游
+                <w:br/>
+                酒店享用自助早餐，今天需早起，前往体验【小南门早市】（约1.5小时）， 步入早市，香气四溢的美食瞬间让你感受到浓厚的烟火气息。参观电视剧《一生一世》取景地【青龙寺】（约1小时），承载着深厚的历史文化底蕴与密宗佛教传承，始建于公元582年，不仅是唐代密宗的重要道场，也是中日文化交流的重要见证地。游览【西安电影制片厂免费区】（约1小时），这里充满了复古与现代交融的美学元素，是摄影爱好者的天堂，无论是斑驳的老墙、独特的建筑线条，还是充满故事感的场景布局，都能成为你镜头下独一无二的记忆画面。前往【唐城城墙遗址公园】（约1小时）每一块斑驳的砖石都是历史的低语，带你穿越回那个万国来朝的盛世大唐。游【大唐不夜城】（约2小时），耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
                 <w:br/>
                 【推荐自费】
                 <w:br/>
-                《秦俑情》（298元/人起）一台大型历史舞台剧，以一个普通秦兵的视角和一段穿越千年的爱恋，引领观众走进历史上空前绝后的战国时代；
+                1、【驼铃传奇】（298元/人起）古长安（西安）作为唐王朝政治和经济的中心，百国朝贺、民族交融的鼎盛景象，恰似一幅绚丽多彩、悠雅辉煌的书卷，在舞姬轻歌曼舞、丝竹笙箫、衣袖纷飞间展示出华夏文明的灿烂繁荣；
+                <w:br/>
+                2、【西安千古情】（298元/人起）景区以大型歌舞《西安千古情》为核心，展现了西安的千年文化。给我一天，还我千年，千古情是一生必看的演出；
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【秦始皇帝陵博物院】【华清宫】
+                景点：【小南门早市】【西安电影制片厂免费区】【唐城城墙遗址公园】【大唐不夜城】【青龙寺】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业路智选假日酒店、美丽豪酒店。怡景花园、中洲国际酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -829,82 +819,88 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安古城一日游
-[...1 lines deleted...]
-                酒店享用自助早餐，游览被认为是我国历史上盛唐时期的国家建筑【大明宫国家遗址公园免费区】（自由活动约1小时）是唐朝皇帝出入宫城的主要通道，是唐代 200 多年间举行登基、改元、大赦、宴会等大典的重要政治场所。参观【西安博物院】（约1.5小时）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。游览【大唐西市】（自由活动约2小时）走在大唐西市，仿佛穿越回了那个繁花似锦的唐朝。这里不仅保留了许多唐代的建筑风格，还有各种各样的文化活动和特色店铺，让你仿佛置身于千年前的长安城。通过借鉴大唐开放、博大、包容的情怀，充分体现大唐的“精、气、神”。
+                西安-临潼-西安
+                <w:br/>
+                酒店享用自助早餐，车赴临潼（约1小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（游览约2.5小时）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。游览【华清宫】（约2小时）皇家游览沐浴的胜地，据说曾经是杨贵妃沐浴的地方。相传西周的周幽王就曾在这里建离官。这里遗留有比较完整的周、秦、汉、唐、明、清历代文化遗址、园林景观、古建筑及古树名木等文物资源。尤以唐明皇与杨贵妃缠绵的爱情故事而蜚声天下。漫游本地西安人周末City walk宝藏地之【老城根G-PARK】（约1小时）。闹中取静的感觉，一个地方完全满足您吃喝玩乐逛静的所有需求。不管您是时尚达人、文艺青年、I人E人都会得到满足。
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
+                <w:br/>
+                2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
+                <w:br/>
+                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 【推荐自费】
                 <w:br/>
-                1、【驼铃传奇】（298元/人起）古长安（西安）作为唐王朝政治和经济的中心，百国朝贺、民族交融的鼎盛景象，恰似一幅绚丽多彩、悠雅辉煌的书卷，在舞姬轻歌曼舞、丝竹笙箫、衣袖纷飞间展示出华夏文明的灿烂繁荣；
-[...1 lines deleted...]
-                2、【西安千古情】（298元/人起）景区以大型歌舞《西安千古情》为核心，展现了西安的千年文化。给我一天，还我千年，千古情是一生必看的演出；
+                1、《秦俑情》（298元/人起）一台大型历史舞台剧，以一个普通秦兵的视角和一段穿越千年的爱恋，引领观众走进历史上空前绝后的战国时代；
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【大明宫国家遗址公园免费区】【西安博物院】【大唐西市】
+                景点：【秦始皇帝陵博物院】【华清宫】【老城根G-PARK】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业路智选假日酒店、美丽豪酒店。怡景花园、中洲国际酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -915,145 +911,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-蓝田-安康/运城
-[...11 lines deleted...]
-                1、西安博物院逢免费不免票，需提前预约。如遇闭馆或预约不成功，则改为赠送：西安考古博物馆/西安八路军办事处，以实际预约为准，旅行社不另作赔偿，敬请谅解。
+                西安-广州
+                <w:br/>
+                酒店早餐后，游览【西安事变纪念馆】（约1小时），走进这里，仿佛穿越回了1936年的那个冬天，张学良和杨虎城将军发动的事变，改变了中国的历史进程。详尽的文字介绍、珍贵的历史照片和实物展览，深入了解西安事变的背景、经过以及它对中国革命的重要影响。走进西安城墙下的陕派慢生活【永兴坊】（约1小时）永兴坊是唐长安城108坊之一，这位置可是唐太宗时候魏征的相府，位于小东门里西北角，紧邻城墙，明清以来，这个地方被称为“鬼市”，是西安著名的旧货交易、古玩市场。参观【陕西历史博物馆秦汉馆】（约1.5小时）（免费不免票，需客人自行通过微信公众号实名预约，如预约不成功，则改为游览：西安考古博物馆，以实际预约为准，旅行社不另作赔偿，敬请谅解），总用地面积约458.9亩，远超刚过百亩的陕历博老馆。一座集文物保护、陈列展览、学术研究、社会教育等功能于一体的大型博物馆。由著名建筑设计大师张锦秋主持设计，7座建筑单体排列成北斗七星形状，象征秦朝宫殿“象天法地”的浪漫主义思想。送团乘机返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【白鹿原影视城】【蓝田水陆庵】【西城坊小吃街】【运城黄河夜市】
-[...77 lines deleted...]
-                交通：汽车/飞机
+                景点：【西安事变纪念馆】【永兴坊】【陕西历史博物馆秦汉馆】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1121,51 +1029,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱。机票一经开出，不得更改、不得签转、不得退票）
                 <w:br/>
                 2.住宿：全程入住豪华酒店标准双人房。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准。
                 <w:br/>
-                3.用餐：含5早4正，正餐餐标30元/人/正，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含4早4正，正餐餐标30元/人/正，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含65周岁以上免票人群免费参观（需持中国大陆二代居民身份证），免门票不免景区交通，如需乘坐，敬请自理！
                 <w:br/>
                 备注：所有景点长者优惠票：精确到天！因为景区核查非常严格，敬请谅解！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：陕西省当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：半价餐、占车位、导游服务费、 含半价早餐，不占床，,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1358,57 +1266,59 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">自费项目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 推荐自费：
                 <w:br/>
-                【驼铃传奇】（298元/人起）
-[...5 lines deleted...]
-                白鹿原影视基地套票：《二虎守长安》实景演绎+华阴老腔+声音博物馆+长安翱翔+上行观光电梯+下行观光车+穿越1912换装体验，打包价160元/人
+                1、白鹿原影视基地套票（160元/人）：《二虎守长安》实景演绎+华阴老腔+声音博物馆+长安翱翔+上行观光电梯+下行观光车+穿越1912换装体验。
+                <w:br/>
+                2、白鹿原滑雪（198元/人）：费用包含雪鞋、雪杖、雪板、景区电瓶车、保险。
+                <w:br/>
+                3、【驼铃传奇】（298元/人起）古长安（西安）作为唐王朝政治和经济的中心，百国朝贺、民族交融的鼎盛景象，恰似一幅绚丽多彩、悠雅辉煌的书卷，在舞姬轻歌曼舞、丝竹笙箫、衣袖纷飞间展示出华夏文明的灿烂繁荣；
+                <w:br/>
+                4、【西安千古情】（298元/人起）景区以大型歌舞《西安千古情》为核心，展现了西安的千年文化。给我一天，还我千年，千古情是一生必看的演出；
+                <w:br/>
+                5、《秦俑情》（298元/人起）一台大型历史舞台剧，以一个普通秦兵的视角和一段穿越千年的爱恋，引领观众走进历史上空前绝后的战国时代；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">100 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1419,113 +1329,106 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">景区交通</w:t>
+              <w:t xml:space="preserve">必消景区交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 山水景观必消环保车费用【必消50元/人】（当地现付给导游）
                 <w:br/>
-                白鹿原影视城上行云梯30  单程电瓶车20
-[...6 lines deleted...]
-                备注：以上项目非必须，可根据自身体力自愿自费，敬请谅解！
+                白鹿原影视城上行云梯30   单程电瓶车20
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">¥(人民币) 50.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1837,51 +1740,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>