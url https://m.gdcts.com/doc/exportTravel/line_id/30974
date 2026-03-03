--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【台山康桥】江门3天 | 四季水上乐园 | 五星级服务康桥温泉酒店行程单</w:t>
+        <w:t xml:space="preserve">【台山康桥】江门3天 | 连住2晚不挪窝 | 五星级服务康桥温泉酒店行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250320SP68019174</w:t>
+              <w:t xml:space="preserve">TX-20260303SP1031818502</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -347,51 +347,51 @@
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
                 08：00流花路中国大酒店的对面（越秀公园地跌站C出口）
                 <w:br/>
-                08：50 番禺基盛万科肯德基门口（番禺广场地铁站E出口）
+                09：00 番禺基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -407,54 +407,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 五星级服务的—康桥温泉酒店
                 <w:br/>
                 ★ 无限次浸泡康桥温泉80多个养生池·四季水上乐园
                 <w:br/>
                 ★ 连住2晚不挪窝·全方位深度游玩
                 <w:br/>
                 ★ 6人同时报名·赠送麻将1副无限任打（数量有限先报先得）
-                <w:br/>
-[...2 lines deleted...]
-                赠送：4-6月暖心好礼： 每人一袋米（5斤）+30只鸡蛋！！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,95 +567,95 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发---康桥温泉度假村（与直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
-[...7 lines deleted...]
-                赠送麻将使用时间：14:30-23:30分（具体时间以酒店实际为准，赠送项目若暂停开放，不另作赔偿）使用地点：酒店三区1楼棋牌室
+                第一天：出发---康桥温泉度假村（此线路会与江门直通车客人拼团出发；按顺路原则先后接送客人）
+                <w:br/>
+                早上在指定地点集中出发前往【康桥温泉度假村】，午餐自理，位于广东台山市白沙镇朗南村。于2007年11月28日成立度假村。度假村规模大、起点高。按国家AAAAA旅游景区标准建设，充分体现以人为本，尊重自然生态设计的宗旨，是一个环境优美、特色鲜明，以休闲度假、文化娱乐、健身疗养为主体的生态型度假旅游景区。康桥温泉是一家按4A级旅游度假区，温泉区汇集了百家之精华，拥有108个风格不一的温泉池，乃全国最大、超百池的温泉度假村，设有以日本区、中国区、动感仿海大型冲浪、SPA水疗、中心广场区、情侣区、休闲区和VIP专区等主题池区，环境幽雅、鸟语花香、青翠小河、田野风光、一揽无遗。是现代人追求健康、休闲、减压和旅游度假的理想生活之地。具有千年历史的优质温泉，唐朝时期就已被发现使用。康桥温泉水资源丰富，蕴藏量大，日出水量可达5,000多吨，水温高 达90.5摄氏度，属弱碱性、软水含硫温泉。其水质晶莹剔透、 无异味，并且含有丰富的偏硅酸、氟、锂、锶、溴、碘、硫、 游离二氧化碳等三十多种对人体健康有益的微量矿物质元素。风格古朴、自然，每个温泉池对应配置一种名贵中药，有当归泉、杜仲泉、仙芝泉、老參泉、何首乌泉等30 多个中药温泉池，各具功效，让您在浸泡温泉的同时达到养生、美容的疗效。
+                <w:br/>
+                享用自助晚餐，后自由活动。
+                <w:br/>
+                赠送麻将使用时间：14:30-23:30分（具体时间以酒店实际为准，赠送项目若暂停开放，不另作赔偿）
+                <w:br/>
+                使用地点：酒店三区1楼棋牌室
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">康桥温泉度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -842,63 +838,65 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：按实际参团人数安排空调旅游巴士，每人1正座
-[...11 lines deleted...]
-                备注：麻将使用时间：14:30-23:30分，地点：酒店主楼三区1楼棋牌室。入住别墅的客人，棋牌在别墅1楼大厅使用；4房温泉别墅参考房型2大2双。
+                【费用包含】
+                <w:br/>
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2.门票：含景区大门票，不含园中园门票
+                <w:br/>
+                3.住宿：康桥温泉度假村主楼豪华房双床房（酒店无3人房、房差只补不退）
+                <w:br/>
+                4.用餐：全程2早1晚（不用不退，晚餐为首晚入住享用，过期视作自动放弃；）
+                <w:br/>
+                5.导游：此线路仅含出团当天及离团当天导游服务，敬请注意
+                <w:br/>
+                6.购物：全程无购物点
+                <w:br/>
+                备注：麻将使用时间：14:30-23:30分，地点：酒店主楼三区1楼棋牌室。入住别墅的客人，棋牌在别墅1楼大厅使用；4房温泉别墅参考房型2大2双。8人同时报名升级，赠送麻将或别墅只能二选一。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1112,51 +1110,69 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">报名材料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。65-80周岁长者，需由65周岁以下家属陪同参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。2.70周岁以上长者的旅游意外保险保额减半）</w:t>
+              <w:t xml:space="preserve">
+                本线路仅限80周岁以下游客报名。
+                <w:br/>
+                65-80周岁长者，需由65周岁以下家属陪同参团，均应身体健康并如实陈述身体状况，并应加签免责协议。
+                <w:br/>
+                80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）
+                <w:br/>
+                涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。2.70周岁以上长者的旅游意外保险保额减半）
+                <w:br/>
+                关于拼团与动态接送流程：本线路为拼团线路，每日出发的酒店及客源情况均不相同。因此接送顺序并非固定，导游将根据当日实际报名情况、酒店分布及交通状况，按最顺路的原则灵活安排接送路线。
+                <w:br/>
+                行程涵盖江门直通车的多间酒店拼发（台山康桥温泉度假村、台山颐和澜悦温泉度假酒店、台山富丽湾温泉酒店等....），具体顺序以出发当日安排为准，因此路程时间不可预计！
+                <w:br/>
+                关于行程耗时：由于酒店数量不一且分布在不同区域，全程行车时间可能受入住情况、路况、天气等不可抗力因素影响，因此，整个行程的交通时间（包括去程、回程）无法精确预估，请您切勿以点对点的距离和时间来估算整个行程。
+                <w:br/>
+                关于回程延误：回程时间极易受交通拥堵、天气状况、交通事故等不可抗力因素影响，可能导致到达时间大幅晚于预期。
+                <w:br/>
+                请您务必为回程预留充足的弹性时间，避免安排航班、高铁或其他紧急性事务。对于因上述不可抗力因素导致的行程延误及由此产生的任何损失，旅行社不作任何赔偿，敬请谅解。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1196,51 +1212,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>