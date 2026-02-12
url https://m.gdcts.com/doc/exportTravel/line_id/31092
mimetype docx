--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【狮子湖喜来登度假酒店】清远2天丨乘坐磁浮列车丨探索悬浮奥秘丨每间房送120只鸡蛋行程单</w:t>
+        <w:t xml:space="preserve">【五钻新丰雅致酒店】韶关3天丨轻奢1房1阳台私泡行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250324SP81134457</w:t>
+              <w:t xml:space="preserve">TX-20260206SP10318115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">清远市</w:t>
+              <w:t xml:space="preserve">韶关市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,61 +343,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...3 lines deleted...]
-                8:45花都云山路体育馆北门（花果山地铁站A2出口）
+                出发点：09:00番禺广场地铁站E出口
+                <w:br/>
+                10:00纪念堂地铁站C出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
                 市区指定范围内15人或以上定点接送
-                <w:br/>
-                花都指定范围内10人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -406,59 +402,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、（住一晚即回本）满载阿拉伯风情的狮子湖喜来登度假酒店享无限次室内恒温泳池、健身中心、干蒸、湿蒸
-[...7 lines deleted...]
-                5、每间房送120只鸡蛋
+                行程特色
+                <w:br/>
+                1、【食足7餐】1豪叹自助晚餐+2早餐+2下午茶+2宵夜！
+                <w:br/>
+                2、【连住2晚】全新奢华《新丰雅致度假酒店》45m2豪华客房（免费赠饮品和小零食）
+                <w:br/>
+                3、【私家汤泉】阳台私人泡池（赠送4池汤泉水）+房间慕斯床垫+松下智能马桶+盐浴包
+                <w:br/>
+                4、畅游无限次恒温无边泳池+儿童乐园
+                <w:br/>
+                5、每房赠送开业手信礼2份 *自由逛元宝广场(赠送30个游戏欢乐币)
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,141 +573,215 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州出发—广东首家磁浮列车—午餐自理—黄腾峡十八瀑—清远鸡文化馆—晚餐—入住酒店
-[...1 lines deleted...]
-                08：30集中前往中国优秀旅游城市---清远市。10：00清远市磁浮旅游专线，作为广东省首条及中国第四条中低速磁浮制式轨道交通，其初期运营线路全长8.014公里，实现了广清城际银盏站与清远长隆景区之间的快速连接。该线路设有磁浮银盏站、湖蝶湾站及磁浮长隆站三站。磁浮列车正是把童话里的场景搬进了现实，它被誉为“零高度飞行器”，浮于轨道上方，沿着轨道飞行。磁浮列车利用电磁铁吸引钢铁材料的原理，以电磁力支撑列车，实现列车与轨道无接触运行。当列车的直线电机通电后，会在列车和轨道之间形成行波磁场，如同波浪推动水面物体一样，推动磁浮列车沿轨道前进。磁浮列车在陆地上（相对于地铁）运行，乘客有较好的视觉体验、在开阔空间行驶没有地下行驶的封闭感，直观安全感好，能给乘客带来良好的视觉感受。为充分契合旅游主题，列车的外观与内饰均经过精心设计，融入了丹顶鹤、长颈鹿、非洲象、大熊猫等多种活泼可爱的动物元素，以及充满童趣的动物脚印图案，为乘客营造了一个既温馨又富有乐趣的旅行环境。试运营时间：每天10：00-16：00，具体乘坐时间段，根据当天实际行程安排为准，费用已含磁浮列车单程票，体验时间：约10分钟/班次。11：30—12：30餐厅午餐自费享用。13：00-15：30【黄腾十八瀑】（含景点大门票，不含玻璃桥门票）隐身于黄腾峡原生态大峡谷青山绿水之中，以360度视角观赏天门悬廊世界最大的环形瀑布为主。十八瀑沿下山之路陆续可见，山中水流借山体之势顺流而下形成十八处瀑布观赏景观，各处瀑布水流急缓、高低不一，独具特色。沿山道而下，可近距离感受每处瀑布带来的水景盛宴，山水清澈、飞珠四溅、野花盛开、壮观迷人，若三五好友同行，水声和笑声交融在山林美景之中，实在让人神往。16：00—17：00清远鸡文化馆是目前清远市唯--家研究、保护、传承、展示和弘扬传统清远鸡专业历史文化的展览馆，也是以清远鸡元素打造的观光旅游品牌重要景点之一。17:30前往餐厅品尝网红鱼翅捞鸡宴。后前往狮子湖喜来登度假酒店办理入住，入住后自由前往室内恒温泳池自由畅游或者健身房，酒店配有健身中心、干蒸、湿蒸配备、异域风情室内外游泳池供住客使用。在水一方，满载阿拉伯风情的艺术殿堂。置身于具有浓郁阿拉伯风情建筑的临湖度假酒店，您可以尽情欣赏设计独特的建筑群，还可饱览风景如画的狮子湖美景。《一千零一夜》的神秘元素贯穿酒店349间经典客房每个角落带您远离城市的喧嚣与繁闹营造放松身心的舒适环境。
+                第1天：出发-【新丰雅致度假酒店】—下午茶—自助晚餐—宵夜
+                <w:br/>
+                早上于指定时间/地点集中出发，前往入住【新丰雅致度假酒店】，午餐自理，办理入住后，自由活动或自由畅游酒店室外恒温泳池，晚上于酒店享用自助晚餐。韶关新丰雅致度假酒店是一家按国际五星级标准建造，集客房住宿汤泉养生、休闲度假、餐饮美食、会议会务、康体娱乐、亲子娱乐拓展于一体的度假型酒店。酒店设计融合了现代与自然的元素，打造出一个既时尚又不失温馨的氛围。酒店提供多样化的休闲娱乐设施以及多个多功能会议室和宴会厅，配备先进的会议设备和专业的服务团队，是家庭休闲娱乐及举办高端商务会议、高端宴会和私人聚会的理想场所。酒店将继续秉承“优质服务、卓越品质”的理念，不断提升酒店的服务水平和设施品质，为每一位宾客提供宁静与奢华的理想之所。
+                <w:br/>
+                约18：00享用自助晚餐。自由活动。
+                <w:br/>
+                约21：00酒店赠送暖心宵夜。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">新丰雅致度假酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—自由活动—牛鱼嘴—午餐自理—返程
-[...9 lines deleted...]
-                *********************祝旅途愉快*********************
+                第2天：早餐—自由活动—下午茶—晚餐自理—宵夜
+                <w:br/>
+                全天酒店内自由活动，午餐晚餐自理。
+                <w:br/>
+                约21：00酒店赠送暖心宵夜。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">新丰雅致度假酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第3天：早餐—自由活动 --午餐自理-回程
+                <w:br/>
+                酒店内享受自助早餐。后客人可继续自由活动或游玩免费娱乐设施，午餐自理，约14： 00-15:00 分集中乘车返回广州(具体时间以工作人员通知为准)，结束愉快旅程！
+                <w:br/>
+                旅行社会根据情况与韶关丰源/新丰温德姆/新丰云天海等酒店拼车出发，请知悉。 
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
-                <w:br/>
-                由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -773,61 +845,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：根据实际人数安排33-53座旅游空调车，保证一人一个正座
-[...9 lines deleted...]
-                导游：提供导游服务（广州接团清远送团）
+                交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                门票： 含景区大门票，不含园中园门票
+                <w:br/>
+                住宿：2晚新丰雅致度假酒店 山舍/山居双床/大床房(房间配阳台私家泡池，赠送2池水/晚)（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
+                <w:br/>
+                用餐：D1晚餐+D1宵夜+D2早餐+D2宵夜+D3早餐（酒店套餐不吃不退费用）
+                <w:br/>
+                导游：此线路仅含出团当天及离团当天导游服务，敬请注意
+                <w:br/>
+                购物：0购物点
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -907,69 +979,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1127,51 +1199,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>