--- v0 (2025-10-05)
+++ v1 (2025-12-17)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">特【隐世桃源旧村民宿】清远2天丨踏青4月丨峰林十里画廊丨桃源桃花湖小洱海行程单</w:t>
+        <w:t xml:space="preserve">【金桦温泉度假村】惠州2天丨罗浮山下的暖泉丨博罗私藏温泉度假圣地丨一城山水一池泉 森呼吸 温泉疗愈放松之旅行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250325SP81148858</w:t>
+              <w:t xml:space="preserve">TX-20251119SP38869161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">清远市</w:t>
+              <w:t xml:space="preserve">惠州市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,122 +343,128 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...13 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。
+                出发点：
+                <w:br/>
+                09:30团一大地铁站B出口
+                <w:br/>
+                10:30基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                下车点：原上车点
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、入住1晚满载回忆的旧村民宿 黄泥砖 青窗棂 灰瓦片  
-[...7 lines deleted...]
-                5、参团每人送1只果园走地清远鸡带走+祈福行大运每人赠送祈福红丝帶1条
+                行程特色：
+                <w:br/>
+                ★金桦温泉养生度假村，每间房带独立大阳台
+                <w:br/>
+                ★尊享酒店农家健康自助早餐*2
+                <w:br/>
+                ★田园绿化覆盖率达90%以上 空气中负氧离子含量极高
+                <w:br/>
+                ★被游客誉为“水果廊乡，康养福地”
+                <w:br/>
+                ★无限次浸泡【独家特色果园温泉】
+                <w:br/>
+                ★无行程，0购物，0加点，自由活动，尊享品质纯玩
+                <w:br/>
+                优惠升级：
+                <w:br/>
+                1、每期前20名报名客人，赠送1顿酒店农家健康晚餐（围餐）
+                <w:br/>
+                娱乐升级：
+                <w:br/>
+                1、每团人数最多1组赠送自动麻将4小时任打！（若遇人数相同 先报先得）
+                <w:br/>
+                2、满16人同时报名，赠送KTV包厢4小时任唱！（若遇人数相同 先报先得）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,147 +581,219 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州出发—峰林画廊、小赵州桥—午餐—桃源桃花湖—DIY欢乐整艾糍、品尝下午茶—挂红丝带祈福—晚餐后乡村KTV任唱—欢乐麻将
-[...11 lines deleted...]
-                18:30前往餐厅自费品尝当地特色美食。晚餐后【牛栏酒吧】充满土味的一 间休闲吧、由旧代的牛栏改 造的一间特色就栏酒吧，每 一个角落都充满了村味、小 时候的味道，一起高歌度假 美好的夜晚。（KTV于22：00前结束，不能影响他人休息）
+                第1天：广州-博罗金桦温泉度假村 /含：不含餐/住：博罗金桦温泉度假村
+                <w:br/>
+                10:30早上指定时间/地点集中出发，前往惠州【金桦温泉养生度假村】（车程约2小时）。
+                <w:br/>
+                12:00抵达酒店自理午餐（酒店餐厅收费不高）。
+                <w:br/>
+                13:00办理入住手续后回房休息，可自由前往浸泡温泉。
+                <w:br/>
+                【金桦温泉养生度假村】一家以农业旅游和水果采摘为主题的休闲旅游度假区,总占地面积1000多亩，位于博罗县国家5A景区罗浮山附近，毗邻响水漂流，广东航天育种生态园。酒店四面环山，森林覆盖率高，是名副其实的天然氧吧，这里云雾缥缈，真正的依山傍水，避世之境.在这里修身养性、亲近大自然的理想之地，远离尘嚣惬意安居，赋予雅趣舒适自在，亦是您远离城市喧嚣心灵的归宿，身临其中仿佛置身于世外桃源。自由活动、浸泡温泉。
+                <w:br/>
+                酒店温泉开放时间08：00～23：00，16个池无限次浸泡（具体开放时间与温泉池数量以度假村当天安排为准）
+                <w:br/>
+                18：00晚餐自理（每期前20名报名客人赠送健康晚餐）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">博罗金桦温泉度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后自由活动—九龙集市—午餐—返程
-[...9 lines deleted...]
-                *********************祝旅途愉快*********************
+                第2天：酒店自助早餐-自由活动 /含：早餐/住：博罗金桦温泉度假村
+                <w:br/>
+                在酒店睡到自然醒，享用酒店自助早餐。全天自由活动。
+                <w:br/>
+                午餐、晚餐-自理。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">博罗金桦温泉度假村</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第3天：酒店自助早餐-回程广州 /含：早餐
+                <w:br/>
+                在酒店睡到自然醒，享用酒店自助早餐。继续自由活动
+                <w:br/>
+                12：00 退房后享用午餐-自理。随后集合返回广州温暖的家（车程约2.5小时）。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -781,115 +859,111 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：根据实际人数安排33-53座旅游空调车，保证一人一个正座
-[...11 lines deleted...]
-                其他：参团成人送1只约2.5斤果园鸡
+                1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2、用餐：含2早（早餐为包含套餐，不用均无费用退）；
+                <w:br/>
+                3、门票：行程所含景点首道大门票（园内园景点门票自理）；
+                <w:br/>
+                4、住宿：连住2晚博罗金桦温泉度假村-畔山木屋别墅（双床）/豪华园景双床（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人必需补房差）；
+                <w:br/>
+                5、服务：含全程优秀导游服务；
+                <w:br/>
+                6、购物：纯玩无购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                1、行程中一切个人消费自理。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
-                <w:br/>
-                3、行程自费推荐：客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验或客人不参与，导游会安排附近自由活动。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -935,51 +1009,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1137,51 +1211,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>