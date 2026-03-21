--- v0 (2025-10-01)
+++ v1 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【灵石温泉】赣州梅州河源3天丨土耳其棉花堡丨游青龙岩4A景区丨AAAA南寿峰一票通玩行程单</w:t>
+        <w:t xml:space="preserve">【梅州+河源3天】南寿峰下·养心性丨叶园温泉·涤尘心丨食足5餐·客家特色全猪宴·任食农家全鸭大盆菜行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250326SP72203547</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318326</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">赣州市</w:t>
+              <w:t xml:space="preserve">梅州市-河源市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,128 +343,119 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...11 lines deleted...]
-                下车点：纪念堂地铁站、番禺广场
+                【上车点】
+                <w:br/>
+                07:20梅东路（杨箕地铁D出口）
+                <w:br/>
+                08:00基盛万科肯德基（番禺广场地铁E出口）
+                <w:br/>
+                返程地点：原上车点
+                <w:br/>
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【品质纯玩】不进店，无必消
-[...13 lines deleted...]
-                人数最多的家庭安排麻将任打（第2晚酒店，限1个名额）
+                ★深度游玩：入住AAAA南寿峰景区，一票通玩，享天然氧吧
+                <w:br/>
+                ★品质住宿：升级一晚4钻叶园温泉，正宗天然氡温泉，60+池子任意浸泡
+                <w:br/>
+                ★食足5餐：享客家特色全猪宴、任食农家全鸭大盆菜、特享晚安糖水
+                <w:br/>
+                ★漫步观赏：粤东第一瀑-梅州泮坑风景区 客家精神殿堂-中国客家博物馆
+                <w:br/>
+                ★季节限定：南福村柚花正盛，错过再等一整年！
+                <w:br/>
+                ★娱乐升级：人数最多一组赠送自动麻将任打！（若遇人数相同，先报先得！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -581,244 +572,285 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—白鹭岛公园—泮坑风景区—南寿峰养生谷
-[...11 lines deleted...]
-                 18:00 晚餐享用【南寿峰药膳灵芝养生宴】。
+                广州—梅州
+                <w:br/>
+                含：晚餐                   
+                <w:br/>
+                住：梅州南寿峰大酒店                          
+                <w:br/>
+                早上于指定地点集合，出发前往世界客都-梅州，途中自理午餐。
+                <w:br/>
+                中午抵达【梅州泮坑风景区】观赏【泮坑冰川瀑布】（游览约1小时）梅州泮坑风景区面积9平方千米，山幽水雅，堂奥纵深，蕴藏着丰富的自然景观和人文景观。有汇聚黄沙嶂、清凉山、高观音等高山流水，容水160万立方米的泮坑明湖（泮坑水库），水色青润如玉，游人可饱览山色湖光。有全长3000米，由30段长廊和30个各具特色的凉亭组成的"客家文化长廊"，游人可欣赏浏览代表客家文化精髓的诗文图画和客家谜语、谚语等，使游人对客家文化有进一步的了解，有用鹅卵石砌成的"登高路"，共2188阶，游人可登高健身和观赏森林景致。登上山顶，可远眺梅城胜景，及一山之隔的国家AAAA级旅游景区-客天下旅游产业园和梅州高新技术产业开发区东升工业园。有始建于明代的"三山国王庙"，乡人通称为"泮坑公王庙"。"泮坑公王保外乡"声名远播，吸引了不少海内外善男信女前来烧香祈福，自建庙以来，一直香火不断。有"岭南第一才子"宋湘所书的雄浑磊落、飘逸洒脱的摩崖石刻"灵镇山河"。有相传为白莲仙女沐浴时遗下的裙带所化的如淡云轻烟、飘逸曼妙的瀑布。
+                <w:br/>
+                随后参观【中国客家博物馆】（游览约1小时）位于广东梅州市区客家公园内，是收藏、研究、展示客家人文历史的综合性博物馆，由五个展厅的主馆及黄遵宪纪念馆、大学校长馆、将军馆等分馆组成。主馆分《客从何来》、《客家风情》、《地标围屋》、《人文秀区》和《客家腾飞》五大部分，突出五大主题，多维度诠释了“大客家”精神，生动叙述了历史上客家人几次大迁徙的艰难历程，彰显了客家人不畏艰辛、开拓进取、崇文重教、爱国爱乡的精神品格。
+                <w:br/>
+                随后前往国家AAAA级旅游景区【南寿峰养生谷】，入住【南寿峰大酒店】（车程约40分钟）
+                <w:br/>
+                景区将南寿峰的良好生态，客家人的 古老文化，中医中药的养生理念有机 结合，以“文化+休闲+养生+养老”为主题，计划打造成客家特色浓 郁、中医药养生技术先进、 养生养老功能齐全的主题型休闲度假健康产业。
+                <w:br/>
+                游玩一票通（“天使之吻”玻璃桥+农耕长廊+祥龙溪谷+长寿老人+时空隧道+南药文化长廊+红豆杉基地+灵芝基地）
+                <w:br/>
+                【农耕长廊】动态与静态结合的农耕 体验长廊，让您了解客家农耕文化。
+                <w:br/>
+                【南药文化长廊】（现代AR影院、VR太空、人物雕像、南药花木、中药昆虫标本、科普文化、生肖体验体验时空隧道等） 【红豆杉基地】 【灵芝基地】。 
+                <w:br/>
+                【长寿老人】观景台上一览众山小，朝看日 出，暮看日落，并通过瞻仰巨幅长寿老人雕 像，感悟长寿文化。【“天使之吻”玻璃桥】站在玻璃 桥上，凭栏眺望，山间南寿峰美景 尽收眼底，俯视桥下不寒而粟，享受着玻璃未碎心先碎的强烈刺激感。 
+                <w:br/>
+                晚餐享用【任食农家全鸭大盆菜】
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">梅州南寿峰大酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                寻乌调查·1930红色文旅景区—入住泡温泉
-[...5 lines deleted...]
-                14:00 前往入住【寻乌灵石温泉度假村】（车程约20分钟）以客家历史文化为底蕴，康乐围与乾坤楼形成天圆地方的风水格局。温泉水为国内稀有的复合型天然矿泉，共有大小泡池40几个，五彩联池是五个不同颜色的仿天然露天泡池，独特的火山岩造型，不同水温不同颜色体验不一样感觉，置身五彩池，遥望星空，静听蛙鸣，仿佛与天地融合，全身心放松，从未有过的释放，瞬间让心灵净化、思绪放飞。有着“华夏第一台”的灵石水台，坐拥200米高的灵石巨壁为背景，以其宏大规模和叠水气势惊艳全场，共计有大小30多个温泉泡池层层缓降，冷热水池交错，假山飞瀑、竹林雅静、碧泉细流，让人心旷神怡，乐不思归。在灵石水台浸泡温泉，仰观灵石，俯望彩池，星空璀璨，灯火阑珊，妙不可言！这里远离城市喧嚣，悠然安静享受温泉，傍晚看夕阳，夜晚看星星，别有一番风味。入住酒店后，客人酒店内自由活动。（温泉开放时间14:00-22:30，仅供参考，以酒店实际安排为准）18:00 享用晚餐【酸酒鸭香鲜宴】。
+                梅州—河源
+                <w:br/>
+                含：早餐、夜宵               
+                <w:br/>
+                住：叶园温泉度假酒店
+                <w:br/>
+                酒店享用早餐后退房。退房后，前往【南福村金柚公园】（车程约20分钟；游览约1小时）
+                <w:br/>
+                如果你问，梅州的春天是什么味道？当地人会告诉你：是南福村那一抹沁人心脾的柚花香。
+                <w:br/>
+                每年3月至4月，当春风拂过梅江，南福村金柚公园便迎来了它一年中最美的时刻。这里没有喧嚣的车马，只有漫山遍野、如雪般洁白的柚子花，正在悄然绽放。走进南福村，仿佛误入了一片白色的童话世界。
+                <w:br/>
+                放眼望去，连绵起伏的山坡上，成千上万棵金柚树竞相吐蕊。那花朵虽小，却密得惊人，层层叠叠、团团簇簇，将整座山头染成了纯净的雪白。微风拂过，花枝轻颤，似有千万只白蝶在翩翩起舞。阳光洒下，花瓣晶莹剔透，与翠绿的叶片交相辉映，构成了一幅绝美的“绿底白花”山水画卷。
+                <w:br/>
+                随后前往【河源叶园温泉度假酒店】（车程约2.5小时）午餐：自理。入住后自由浸泡温泉。
+                <w:br/>
+                等级认证：国家AAAA级旅游景区、五星级标准度假酒店。
+                <w:br/>
+                珍稀水质：源自地下深处的天然苏打泉，出水温度高达68℃，富含偏硅酸、氡等矿物质，被誉为“液体黄金”，具有极佳的美容养颜、舒缓神经功效。
+                <w:br/>
+                文化主题：以客家文化为灵魂，拥有中国最大的客家围屋休闲区，让您在泡汤中感受客家风情。
+                <w:br/>
+                生态环境：坐落在群山环抱的森林氧吧中，竹林环绕，负离子含量极高。
+                <w:br/>
+                晚餐：自理。
+                <w:br/>
+                夜宵：酒店养生晚安糖水。
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">叶园温泉度假酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                青龙岩东江丹霞景区—广州
-[...7 lines deleted...]
-                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                河源—广州
+                <w:br/>
+                含：早餐、午餐
+                <w:br/>
+                住：温馨的家
+                <w:br/>
+                早上睡到自然醒后享用自助早餐，后自由活动，畅泡温泉。
+                <w:br/>
+                午餐：客家特色全猪宴。餐后乘车返回广州，结束愉快行程。
+                <w:br/>
+                <w:br/>
+                --------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】--------
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -863,113 +895,128 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...9 lines deleted...]
-                6.购物：无。
+                成人：499元/人（床位、车位、餐、无限次温泉）
+                <w:br/>
+                1.4米以上儿童/成人：549元/人（车位、餐、无限次温泉）
+                <w:br/>
+                1.2-1.4米：449元/人（车位、餐、无限次温泉）
+                <w:br/>
+                1.2米以下：199元/人（仅含车位）
+                <w:br/>
+                无三人房/加床，单人报1.4米以上价格或补房差300元；
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理。
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2、用餐：含2正餐+2早餐+1夜宵（两晚酒店含早，正餐10-12人一围。）
+                <w:br/>
+                3、住宿：一晚梅州南寿峰大酒店+一晚河源叶园温泉度假酒店
+                <w:br/>
+                4、景点：含景点首道大门票 
+                <w:br/>
+                5、导游：提供专业导游服务；
+                <w:br/>
+                6、购物：全程纯玩无购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。
-[...3 lines deleted...]
-                3、行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与
+                1.行程中一切个人消费自理；
+                <w:br/>
+                2.强烈建议游客自行购买旅游意外保险；
+                <w:br/>
+                3.行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -997,51 +1044,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1088,99 +1135,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
-              </w:t>
-[...47 lines deleted...]
-                本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1221,51 +1219,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>