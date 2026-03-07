--- v1 (2025-10-23)
+++ v2 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【花海浪漫】东莞1天 | 漫步明清古巷 | 小普罗旺斯 | 樱花与紫藤萝 | 香遇百花园行程单</w:t>
+        <w:t xml:space="preserve">【香遇百花园】东莞1天 | 东莞版“普罗旺斯” | 漫步“下坝坊”古村里的潮流派对行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX20250331SP75467360</w:t>
+              <w:t xml:space="preserve">TX-20260305SP10318286</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,108 +345,110 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 出发点:
                 <w:br/>
-                08:00流花路广州流花交易会门口（越秀公园C出口）
-[...1 lines deleted...]
-                下车点：原上车点下车 请客人准时到达出发集合地点，过时不候，我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                09:00团一大地铁站C出口
+                <w:br/>
+                09:40基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                下车点：原上车点下车
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ☆花海浪漫，邂逅春日的童话世界-香遇百花园
-[...7 lines deleted...]
-                ☆东莞“小普罗旺斯”古村焕新颜，岭南古村的烟火气
+                ✅ 女神月 特别赠送价值39.9元 香遇百花园门票 
+                <w:br/>
+                ✅ 赏：第二届绣球花展 万亩花海 蓝紫粉白海洋
+                <w:br/>
+                ✅ 玩：超大园区，奔跑嬉戏，释放快乐天性
+                <w:br/>
+                ✅ 拍：绝美花墙，记录浪漫美好时光
+                <w:br/>
+                ✅ 览：漫步“下坝坊”古村里的潮流派对
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,78 +565,102 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地-东莞香遇百花园-午餐-塘尾古村-国药集团冯了性大药房 -广州
-[...5 lines deleted...]
-                （客人可自由购买。如遇景点关闭等因素导致无法前则取消赠送，不作提前通知。）随后结束愉快行程，乘车返回温馨的家！
+                集中地--东莞香遇百花园-东莞下坝坊-广州
+                <w:br/>
+                含：不含餐
+                <w:br/>
+                早上于指定地点集中出发，乘坐旅游巴士前往【东莞香遇百花园】（车程约1小时，游览约1.5小时）
+                <w:br/>
+                东莞香遇百花园位于东莞市东城区，是一座集花卉观赏、亲子休闲、科普教育于一体的城市生态花园。作为东莞市民心中的“城市后花园”，这里四季花香不断，而每年春季举办的绣球花展更是园区的招牌盛事，被誉为“不用去欧洲也能邂逅的浪漫花海”。本届绣球花展于2026年2月14日（情人节）正式启幕，恰逢春节假期与早春时节，数万株绣球花竞相绽放，营造出梦幻般的春日图景。
+                <w:br/>
+                规模宏大，品种丰富：
+                <w:br/>
+                展区占地广阔，汇集了无尽夏、魔幻海洋、红皇后、易多梦幻、太阳神殿等上百个知名绣球品种。这里是广东省内规模较大的绣球花集中展示区之一。
+                <w:br/>
+                色彩斑斓，视觉盛宴：
+                <w:br/>
+                绣球花对土壤酸碱度极为敏感，因此呈现出千变万化的色彩。在香遇百花园，您可以看到蓝紫如星空倾泻、粉白似少女裙摆、以及淡青、深红等多种渐变色。花团锦簇，层层叠叠，形成了壮观的“绣球峡谷”和油画般的夏日前奏。
+                <w:br/>
+                沉浸式打卡场景：
+                <w:br/>
+                园区精心设计了多处拍照打卡点。花海中特别设置了镜面装置，利用反射原理创造出“人在画中游”的奇幻视觉效果，让游客仿佛置身于爱丽丝的仙境。此外，绣球花还与同期盛开的薰衣草、虞美人等花卉相映成趣，层次丰富。
+                <w:br/>
+                午餐：自理。
+                <w:br/>
+                餐后前往【东莞下坝坊】（车程约30分钟，游览约1小时）下坝坊（Xiaba Fang）位于东莞市万江街道，是一个集创意、文化、娱乐、休闲于一体的省级历史文化街区。这里被誉为“东莞的田子坊”、“广州的鼓浪屿”或“东莞的丽江”。它并非传统的封闭式景区，而是一个由古村落改造而成的开放式文创街区，完美融合了明清时期的岭南古建筑风貌与现代都市的潮流文化。下坝坊的历史可追溯至明朝初年，距今已有600多年。这里曾是广府地区重要的水陆交通枢纽和商贸集散地，保留了大量完整的明清时期古建筑群。
+                <w:br/>
+                建筑特色：街区内的建筑多为青砖黛瓦、镬耳屋（岭南特色山墙）、麻石街巷。古老的宗祠、书室、民居在岁月的洗礼下显得古朴沧桑，每一块砖石都诉说着往昔的故事。
+                <w:br/>
+                文化传承：这里曾是郑氏家族的聚居地，保留了浓厚的宗族文化和传统民俗氛围。
+                <w:br/>
+                随后返回广州，结束愉快行程。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
+                --------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】--------
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -678,290 +704,122 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1、交通：按实际参团人数安排空调旅游巴士，每人1正座；2、用餐：含1正餐（正餐为1个餐，不用均无费用退）3、门票：行程所含景点首道大门票（园内园景点门票自理）；4、住宿：无5、服务：含优秀导游服务；6、购物：1站国药集团冯了性大药房</w:t>
+              <w:t xml:space="preserve">
+                50岁以上长者（凭证件入园）：68元/人（餐、门票、往返交通、导游服务）
+                <w:br/>
+                其余年龄段：78元/人（餐、门票、往返交通、导游服务）
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2、用餐：不含餐
+                <w:br/>
+                3、门票：行程所含景点首道大门票（园内园景点门票自理）；
+                <w:br/>
+                4、住宿：无
+                <w:br/>
+                5、服务：含优秀导游服务；
+                <w:br/>
+                6、购物：纯玩无购物
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。2、强烈建议游客自行购买旅游意外保险。3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动））</w:t>
-[...192 lines deleted...]
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动））
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -987,152 +845,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。</w:t>
+              <w:t xml:space="preserve">
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                生态游观光路线须知
-[...54 lines deleted...]
-                20、基于旅游体验的特殊性，若客人在行程中对任何旅游服务质量存有异议，请立即向导游提出，以便旅行社能及时核查及采取补救措施，若客人没有及时提出或擅自解决而导致旅行社错过补救解决机会的，由此产生的扩大损失由客人自行承担。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1173,51 +1021,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1361,79 +1209,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>