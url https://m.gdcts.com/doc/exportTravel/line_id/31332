--- v1 (2025-10-25)
+++ v2 (2025-12-14)
@@ -1438,51 +1438,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                √上海浦东机场往返帕皮提经济舱机票及税（高端经济舱补差价 20800 元起，商 务舱补差价 56800 元起，数量有限）。
+                √上海浦东机场往返帕皮提经济舱机票及税（商务舱及高端经济舱数量有限，详情请咨询旅行社）。
                 <w:br/>
                 √ 7 晚 8 天庞洛保罗高更号船票：不同船舱的一个床位、早午晚西餐、24 小时自 助式茶和咖啡、欢迎/欢送晚宴或鸡尾酒会、邮轮全程 Wifi、餐厅酒吧及房间 mini-bar 精选饮品、邮轮往返登陆海滩接驳船、免费使用船上提供的潜水面镜 与呼吸管、波拉波拉私属海滩和塔哈岛私属岛屿的皮划艇/立式桨板/沙滩排球、 塔哈岛私属岛屿 BBQ 午餐和全天酒水饮料、私属海滩软饮料、专题讲座、文化 表演及音乐演奏、政府税、码头税。
                 <w:br/>
                 √ 帕皮提四星级酒店一晚含酒店早餐（每人一个床位）。
                 <w:br/>
                 √ 帕皮提机场-帕皮提酒店-邮轮码头-帕皮提机场接送。
                 <w:br/>
                 √ 免签名单费。
                 <w:br/>
                 √ 赠送美亚全球无忧计划保险（保费270元/人，70岁以上客人需补差价351元/人）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1578,50 +1578,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                本产品供应商为:广州康辉国际旅行社有限公司，许可证号:L-GD-CJ00026，此团30-40人左右成团，为保证游客如期出发，我社将与其他旅行社共同委托广州康辉国际旅行社有限公司组织出发(拼团出发)，如客人不接受拼团出发，请报名时以书面形式注明。此团由广州康辉国际旅行社旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程(游览顺序)及入住酒店的具体名称等信息并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                <w:br/>
+                <w:br/>
                 报名及付款方式：
                 <w:br/>
                 报名时提交护照首页并支付定金，定金为团费的50%，2025年11月16日前付清余款。
                 <w:br/>
                 <w:br/>
                 取消行程收费约定:
                 <w:br/>
                 在2025年4月30日前取消，扣总费用的10%；            在2025年5月01日至6月30日取消，扣总费用的20%；
                 <w:br/>
                 在2025年7月01日至8月31日取消，扣总费用的60%；  在2025年9月01日至11月30日取消，扣总费用的80%；
                 <w:br/>
                 在2025年12月01日后取消，扣总费用的100%。
                 <w:br/>
                 <w:br/>
                 特别约定：
                 <w:br/>
                 √ 行程因人力不可抗拒原因或非旅行社原因更改甚至取消均不属旅行社违约，旅行社不退不赔团款等任何费用。
                 <w:br/>
                 √ 邮轮方原因导致邮轮行程被取消，那么旅行社只退未航行天数部分的船票费用而不退不赔团款其它任何费用，行程变更产生的全部费用由客人负责。
                 <w:br/>
                 √ 包机若未获批准、出现延误或取消，导致行程变更或取消，其带来的经济、法律及其他相关责任均与旅行社无关，不构成旅行社违约，旅行社不承担赔偿责任。
                 <w:br/>
                 √ 邮轮行程具体安排如航线、是否登陆、登陆地点和时长等船方有最终决定权，无须提前通知客人，客人不得提出异议。
                 <w:br/>
                 √ 邮轮设备设施和服务及极地目的地的介绍来源于参考材料，如与实际有出入不视作旅行社违规。
@@ -1950,51 +1953,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>