--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【东欧 免签巴尔干半岛】塞尔维亚+黑山城+波黑+阿尔巴尼亚12天（塞航广州直飞）|双城连住|培拉特古城|铁托花房|木头村|兹拉地博尔全景缆车|萨拉热窝缆车|莫斯塔尔|科托尔游船登湖心岛|波黑酒庄品酒|5大特色餐味蕾享受|含全餐行程单</w:t>
+        <w:t xml:space="preserve">【东欧 免签巴尔干半岛】塞尔维亚+黑山+波黑+阿尔巴尼亚12天（塞航广州往返）|双城连住|培拉特古城|铁托花房|木头村|兹拉地博尔全景缆车|萨拉热窝缆车|莫斯塔尔|科托尔游船登湖心岛|波黑酒庄品酒|5大特色餐味蕾享受|含全餐行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202509171930HC</w:t>
+              <w:t xml:space="preserve">EU202601282110HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -695,51 +695,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                贝尔格莱德-(飞机)-扎布利亚克-(大巴约145公里)-扎布利亚克-(大巴约145公里)-波德戈里察
+                贝尔格莱德-(飞机)-波德戈里察-(大巴约145公里)-扎布利亚克-(大巴约145公里)-波德戈里察
                 <w:br/>
                 参考航班：
                 <w:br/>
                 JU660  贝尔格莱德尼古拉·特斯拉机场 (BEG) T2 - 波德戈里察机场（TGD）   06:50/07:40 
                 <w:br/>
                 ●【乘坐内陆飞机】,早上抵达贝尔格莱德后，转成内陆航班飞往波德戈里察。
                 <w:br/>
                 ●【杜米托尔国家公园】入内（游览不少于2小时）,是一座美丽绝伦的天然公园，它由冰河形成，分地上地下河。包括高山湖泊“黑湖”和著名的塔拉河峡谷大桥。1980年被联合国教科文组织列入世界遗产名录。钢筋混凝土公路桥初建于1940年，二战期间被炸毁。于1946年在反法西斯胜利后才重新修复保留至今。曾风靡中国的前南斯拉夫电影《桥》，就是根据当年游击队炸桥的史实改编并在此拍摄的。这部电影早在中国放映于极度缺乏精神食粮的七十年代，所以经历过那个年代的人都对这部电影留下了难以磨灭的印象，他们津津乐道于剧情和台词，学吹口哨和口琴并高唱这首著名的插曲《啊！朋友再见！》。
                 <w:br/>
                 ●【塔拉大桥】,这座高度近两百米的桥，联系了两侧的陡崖峭壁，也曾成为二战激烈的战场和前南斯拉夫反法西斯电影《桥》的取景地。再哼唱几句“啊朋友，再见...”，是否能勾起您的一些回忆。
                 <w:br/>
                 ●【波德戈里察】（游览不少于45分钟）,是黑山共和国首都、波德戈里察大区首府。河水清澈、波澜不惊、静静地流淌过市区，这里是典型的地中海气候，夏季炎热干燥，冬天湿润多雨。城市在群山环抱之中，春夏之际抬头可以看到东北方山上皑皑的白雪。人们常常这样介绍这座城市“美丽的、恬静的、宜居的”，的确，波德戈里察是城市中的乡村，同时也是乡村中的城市。
                 <w:br/>
                 ●【波德戈里察基督复活教堂】外观,建造始于1993年，以满足波德戈里察和黑山东正教基督徒的长期精神愿望和需要。大教堂也是献给领主和原牧者牺牲的无穷无尽的祈祷中蕞美丽的果实。
                 <w:br/>
                 交通：飞机  大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -2300,51 +2300,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>