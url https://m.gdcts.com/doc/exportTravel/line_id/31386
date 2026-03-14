--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【年味江南&amp;福气随行】华东双飞6天 | 牛首山祈福 | 瘦西湖 | 虎丘 |  寒山寺 | 惠山古镇 | 西湖 | 影视乐园|外滩 | 西塘行程单</w:t>
+        <w:t xml:space="preserve">【如愿普陀】普陀+奉化双飞4天 | 海天佛国普陀山 | 打卡善财洞 | 雪窦山欢喜弥勒佛 |  蒋介石故居行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">JB-20251209A1</w:t>
+              <w:t xml:space="preserve">JB-20260313A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">上海市-南京市-无锡市-苏州市-杭州市</w:t>
+              <w:t xml:space="preserve">宁波市-舟山市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -388,73 +388,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ❊金陵圣地牛首山“一座牛首山，半部金陵史”观斥资40亿打造的佛顶宫，里面藏有释伽牟尼舍利
-[...21 lines deleted...]
-                ❊全程纯玩0购物! 每天赠送矿泉水！
+                深度普陀：深度游览普陀山，参拜三大佛寺——普济寺、慧济寺、法雨寺，观南海观音像+紫竹林；
+                <w:br/>
+                欢喜道场：探秘中国佛教五大名山之一——雪窦山，雪窦弥勒大佛、体验一场心灵与自然的双重盛宴！
+                <w:br/>
+                蒋氏故居：带你看蒋公在故乡的生活痕迹；
+                <w:br/>
+                臻选住宿：宁波入住璞缇海酒店或同级酒店，普陀山入住万佛塔下携程 4 钻黄龙祈悦酒店或同级精品酒店，推窗见佛韵，步行可达核心祈福点，静谧与便捷兼得。
+                <w:br/>
+                无忧交通：含往返索道省时省力，岛内专属专车直达景点（非景区拥挤小交通），赠送蓝牙讲解器，全程深度聆听佛国故事。
+                <w:br/>
+                专属祈福: 专业导游带队朝拜，按传统仪轨引导赞偈礼佛，拒绝走马观花，沉浸式感受四大名寺的庄严法韵。
+                <w:br/>
+                网红打卡：打卡普陀新晋网红:佛心墙，探秘招财纳福圣地:善财洞，兼具信仰与潮流体验。
+                <w:br/>
+                舌尖佛国：全程含  3 早 4 正精品餐食: 一餐禅意素食自助、一餐鲜美的舟山海鲜餐,味蕾与心灵同步滋养。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,540 +563,347 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州（飞行约2H）上海
-[...1 lines deleted...]
-                于指定时间、地点集合乘机前往广州机场，乘飞机抵达上海，后接团车赴酒店办理入住。
+                广州（飞行约2H）宁波
+                <w:br/>
+                于指定时间、地点集中，乘车前往广州白云机场，搭乘航班飞往宁波（飞行时间约 2 小时） 。抵达后接机，后专车接车赴酒店办理入住；早到的自由客人可以自由活动，可自行前往现存规模至大的【城隍庙】， 自行游览宁波市仅存的古城楼遗址【宁波鼓楼】 至今已有 1100 多年的历史，游人登楼，便可一览宁波城之全貌。 自行游览亚洲至大的水主题广场【天一广场】 。 自行逛宁波特色小吃名街【南塘老街】。
                 <w:br/>
                 <w:br/>
                 特别备注：
                 <w:br/>
                 1、报名时行程为参考,团航班进出口城市为芜湖/上海/常州/杭州/无锡/南京/扬州/合肥/南通/义乌等或同一港口往返，具体的行程游览顺序将根据航班安排的首末站城市最终确定。
                 <w:br/>
                 2、具体集合时间及地点将在出团前告知。
                 <w:br/>
                 3、航班以实际出票为准，进出港口的不同，入住各城市及景点游览顺序也将有调整，但决不会影响该行程的行走及接待标准，以旅行社出票为准，不可更改，出票前不另行通知，以出发前通知集中时间为准。
                 <w:br/>
                 4、参考航班时间段：06:00-23:55,实际以出票为准。
                 <w:br/>
                 5、因华东特殊情况，第一天有可能会是司机兼导游或安排专职接机导游接机，有可能会与后面的接团导游不同，但不会影响接待质量，请知悉。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">上海伟樽酒店/锦江尚品酒店/维也纳酒店或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">宁波天港曼菲酒店/璞堤客运中心店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上海--南京
-[...7 lines deleted...]
-                闲逛：【夫子庙一条街】（自由活动约 1 小时，自费品尝小吃，推荐小吃：鸭血粉丝、如意回卤干、盐水鸭、糕团小点、什锦豆腐涝等；推荐店家：夫子庙小吃城、南京大排档、尹氏鸡汁汤包），有乌衣巷、文德桥、秦淮河等。夜赏秦淮河夜色，感受朱自清笔下的浆声灯里的秦淮河景观。新春期间，逛庙会看花灯，每年正月初一至十八，举行夫子庙灯会，几十万展的花灯让您感受秦淮灯火甲天下的盛景。
+                宁波（车程约 2 小时）普陀山
+                <w:br/>
+                早餐后，乘车经甬舟跨海大桥目前往朱家尖码头（车程约 2 小时） ，后乘船前往【普陀山】（乘坐时间约 15 分	 钟）是我国四大佛教名山之一，与九华山、峨嵋山、五台山合称中国佛教四大名山，素有 "海天佛国 "、 "南海圣境 "之称，同时也是著名的海岛风景旅游胜地，充分显示着海和山的大自然之美。游览【普济寺】（游览约 40 分钟 ）为普陀山三大寺之一，是中国寺院建筑的典型代表和浙江清代官式建筑的重要遗存。探访普济寺莲花池旁的【多宝塔】—— 普陀山 “镇山三宝” 之一，浙江省唯一元代石塔，始建于  1334 年，塔身上的浮雕与千年风雨痕迹，诉说着佛国的沧桑过往。
+                <w:br/>
+                午餐体验特色【禅意素食自助】，一粥一饭皆清欢，在清淡食味中体悟 “禅食合一” 的智慧。
+                <w:br/>
+                午餐后前往后山，乘索道登顶普陀山最高处【佛顶山】 ，朝拜第三大寺【慧济寺】 ，按仪轨礼佛天王殿、大雄宝殿、 圆通宝殿。 出口处邂逅 “地球独生子”——【普陀鹅耳枥】，这株树龄超 200 年的珍稀古树骈出双枝，亦被称作 “夫妻树”，见证岁月静好。 乘索道下山后，入住预定精品酒店，夜晚枕着佛国静谧入眠。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南京康铂酒店/艺龙安云/宜尚溧水或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">普陀山黄龙祈悦酒店/祥生大酒店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南京--扬州--无锡
-[...11 lines deleted...]
-                游览：无锡古街【南长街】，曾经伴随着悠悠的古运河，延伸在一代代无锡人的心中。现在正以一种优雅独特、缤纷多彩的靓装和韵味，改变着自己，装扮着自己，融合在无锡人的慢生活中，变得更加漂亮、年轻、时尚。夜晚，步入南长街，顿时就融入到了一片华光倒影、灯红酒绿之中去了。春节期间，灯笼高高挂满街头，精巧的鱼灯点缀，站在桥上看两岸繁华的运河街景，中式浪漫真的没绝了。
+                普陀山—宁波
+                <w:br/>
+                早餐后，酒店享用自助早餐后，前往招财祈福圣地【善财洞】。古洞两面临海，前有青山为屏， 实为一条覆石为顶的天然石缝，静立洞前听潮声阵阵，诚心礼拜善财童子，祈愿财源广进、福运绵长。朝拜普陀山第二大寺【法雨寺】，这座 “后寺” 始建于明万历年间，因康熙御赐 “天 花法雨”  匾额得名。跟随导游赞偈朝拜天王殿、玉佛殿，重点观赏被誉为 “普陀一绝” 的九龙殿（九龙藻井） ，感受皇家寺院的恢宏气象。前往普陀山标志性
+                <w:br/>
+                <w:br/>
+                地标 ——【33 米露天南海观音】，仰望金铜圣像：顶现弥陀，左 手托法轮，右手施无畏印，慈眉善目俯瞰众生，在此许下 “慧眼观心，弘誓如潮” 的心愿。  探访潮音洞旁的【不肯去观音院】—— 普陀山建寺之始，三间质朴佛堂香烟缭绕，聆听 “不肯去观音” 的古老传说，感受佛国文化的源头魅力；漫步【紫竹林】，远眺海上卧佛洛迦山，波光粼粼中尽览海天壮阔。
+                <w:br/>
+                乘船出岛，午餐体验特色舟山【海鲜大餐】，一餐鲜美的舟山海鲜餐,味蕾与心灵同步滋养。结束后乘车返回宁波，入住酒店 ，晚餐自理
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无锡格菲酒店洛诚大道店/艺龙安云/宜尚酒店或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">宁波天港曼菲酒店/璞堤客运中心店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                无锡--苏州--杭州
-[...15 lines deleted...]
-                交通：旅游车
+                宁波（车约 1 小时）奉化（飞行约 1 小时 50 分）广州
+                <w:br/>
+                早餐后 08:00 乘空调旅游车赴中国近代史著名的历史人物蒋介石、蒋经国父子的故里-奉化溪口， 乘景区环保车上中国第五大佛教名山-浙江雪窦山，游览【雪窦山景区】（游览时间约 90 分钟）：蒋宋西洋式别墅-妙高台、充满灵气的晏坐石、千丈岩瀑布、张学良将 军幽禁处，参观【大佛景区】（参观时间约 60 分钟） ：弥勒道场千年古刹-雪窦寺、弥勒殿、将军楠、露天弥勒大佛，中餐后参观【溪口镇景区】（参观时间约 120 分 钟）：三里老街，参观武岭门、文昌阁、蒋经国读书处-小洋房、蒋氏故居-丰镐房、蒋介石出生地（蒋氏祖居 ）-玉泰盐铺、集中展示溪口人土风味和蒋氏文物的  -溪口博物馆，结束后车赴宁波机场，乘机返回广州，结束愉快旅行。
+                <w:br/>
+                交通：旅游车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">杭州紫金港黄龙祈悦/丽呈东谷浙江工业大学店或不低于以上级别酒店</w:t>
-[...173 lines deleted...]
-              <w:t xml:space="preserve">温馨的家</w:t>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1134,55 +933,55 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票、以及机场建设费和燃油税，进出港口、航班时间等以航司出票为准。
                 <w:br/>
-                2、住宿：4晚入住网评3钻酒店标间，一晚升级网评4钻酒店标准双人间、，每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。
+                2、住宿：3晚入住网评4钻酒店标间，，每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：全程含餐9正5早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）8正餐30元/位，（正餐九菜一汤），1年夜饭50元/位（不含酒水），9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；
+                3、用餐：全程含餐4正3早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）2 正餐40 元/位（不含酒水），1 正餐 30 元/人，一自助素斋 45 元/人，9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；
                 <w:br/>
                 4、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、小童：2 周岁以下婴儿不含任何费用，全部由家长自理；2-11 周岁小孩含机位、车位、半价正餐，不占床位、含半价门票（超高门票需当地自理）。
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1204,314 +1003,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 2、航空公司临时增加的燃油附加费。
                 <w:br/>
                 3、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 4、不含广州市区到广州白云机场接送，机场集中，机场散团。
               </w:t>
-            </w:r>
-[...262 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 320.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1738,51 +1273,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-15</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1926,79 +1461,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>