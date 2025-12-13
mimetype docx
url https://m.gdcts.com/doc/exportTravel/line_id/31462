--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -904,70 +904,68 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗—法尤姆尼罗河绿洲—开罗
                 <w:br/>
                 开罗—法尤姆尼罗河绿洲—开罗（单程车程约2.5个时）
                 <w:br/>
                 <w:br/>
                 早上享用酒店自助早餐。前往被撒哈拉沙漠包围在尼罗河三角洲著名绿洲---法尤姆Fayoum。
                 <w:br/>
                 <w:br/>
                 途径【哈瓦拉金字塔】（参观约20分钟），位于埃及法尤姆绿洲附近的古埃及考古遗址，以第十二王朝法老阿蒙涅姆赫特三世的金字塔及附属建筑群为核心，遗址首次于1843年由卡尔·莱普修斯发掘，后由弗林德斯·皮特里于1888年发现公元1-2世纪纸莎草纸及罗马时期木乃伊画像（法尤姆肖像）。
                 <w:br/>
                 <w:br/>
                 进入法尤姆，这里和大多沙漠不一样，这里的石灰石砂岩形成于汪洋的海底，经千万年的风化，形成了现在的纹路。风化而成的石灰石砂岩，形态各异，令人遐想。
                 <w:br/>
                 <w:br/>
-                从法尤姆再往西方圆几十公里的地域内，像明镜一样镶嵌着【世界上最古老的淡水湖：加伦湖】。大约七万年前，泛滥的尼罗河水冲过了法尤姆洼地周围的矮山，形成了加伦湖以及周围的沼泽地，这里被认为是世界上第一处农业区，当地人靠原始的水车灌溉及喂养牲畜，这里有数以百计的【城市象征-水车】 (约10分钟)，湖面目前已低于海平面45米，湖水含盐量越来越高。在撒哈拉沙漠里有这么一片广阔湖区，亲眼目睹这片真实的海市蜃楼实在令人震撼！
+                从法尤姆再往西方圆几十公里的地域内，像明镜一样镶嵌着【世界上最古老的淡水湖：加伦湖】。大约七万年前，泛滥的尼罗河水冲过了法尤姆洼地周围的矮山，形成了加伦湖以及周围的沼泽地，这里被认为是世界上第一处农业区，当地人靠原始的水车灌溉及喂养牲畜。
                 <w:br/>
                 <w:br/>
                 参观【瓦迪埃尔拉扬自然保护区：瓦迪扬瀑布】，在茫茫沙漠遇见一片小瀑布，是一件很神奇的事情。
                 <w:br/>
-                特别安排【乘坐吉普车，体验沙丘滑沙，激起沙砾飞扬】。	
+                特别安排【乘坐吉普车，体验沙丘滑沙，激起沙砾飞扬】。
+                <w:br/>
                 <w:br/>
                 特别安排【沙漠绿洲加伦湖当地特色烤鱼餐】，满足味蕾好奇心！
                 <w:br/>
                 <w:br/>
                 稍作休息，进入【突尼斯村庄]，位于埃及首都开罗西南约100公里的梅里斯湖畔，受地中海文化影响，村中的房舍颇具突尼斯风格，由此得名。20世纪80年代，艺术家波雷从瑞士移居这里，为这个埃及小村庄带来了制陶技艺。工作之余，他建立学校，教村里的孩子们学习陶艺。目前，这里的村民家家户户以创作陶器为生，极具特色的陶器吸引了大量游客前来参观。
                 <w:br/>
                 <w:br/>
                 特别安排【乘坐吉普车前往被联合国教科文组织列为世界文化和自然保护遗产的拉岩谷自然保护区，参观鲸鱼谷博物馆，深入鲸鱼谷，观赏鲸鱼化石】（约1小时）。由于地质变迁，这里几千万年以前还是一片海域，有成群的鲸鱼出没。考古学家在这里发现了相当珍贵的海洋古生物化石标本，如多刺鱼、鲨鱼、海蛇、海龟、鳄鱼、海牛和鲸鱼等。2005年4月，美国密歇根大学的古生物学家菲利浦·金戈里奇在此找到了太古生代始祖鲸：械齿鲸骨骼化石，长达18米，它生活的年代至少在4000万年以前！在这里，超越时空，和它们亲密接触。在这里，您会一次又一次地感慨，生命的短暂，人类的渺小。
                 <w:br/>
                 <w:br/>
-                特别安排【乘船约30分钟前往位于加伦湖中央的加伦城堡】（约1小时），这里是狄俄尼索斯古遗址，曾经是一名埃及富人在此建立的一座诺大城堡。
-[...2 lines deleted...]
-                返回开罗，享用【中式晚餐】。
+                返回开罗，享用【中式晚餐】（8菜1汤）。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：沙漠绿洲加伦湖特色烤鱼餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2082,51 +2080,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>