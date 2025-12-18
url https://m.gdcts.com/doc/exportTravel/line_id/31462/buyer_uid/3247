--- v0 (2025-11-04)
+++ v1 (2025-12-18)
@@ -400,97 +400,97 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 给你一个跟我走的理由： 
                 <w:br/>
-                【2025年醉佳旅游季·全新升级】
+                【醉佳旅游季·全新升级】
                 <w:br/>
                 （1）特别安排亚历山大1天游：被誉为"地中海新娘"，埃及艳后出生地，风景优美！
                 <w:br/>
                 （2）法尤姆绿洲，被誉为“镶嵌在埃及国土上的绿色宝石”，是埃及乃至非洲最古老的城市之一，也是埃及的粮仓！
                 <w:br/>
                 1、探索埃及唯一的世界自然遗产：拉岩谷自然保护区、鲸鱼谷博物馆，深入鲸鱼谷，观赏鲸鱼化石
                 <w:br/>
                 2、特别安排乘坐吉普车，体验沙丘滑沙，激起沙砾飞扬，在这里体验，别有一番风情
                 <w:br/>
                 3、探索世界上最古老的湖泊，古埃及时期神圣的“鳄鱼神”祭拜地--加伦湖
                 <w:br/>
-                4、乘船前往加隆湖中央的加伦城堡，狄俄尼索斯古遗址，埃及富人诺大城堡
-[...7 lines deleted...]
-                8、在加伦湖边享用烤鱼，近距离感受原居民生活
+                4、进入突尼斯村庄，瑞士艺术家波雷为这个小村庄带来了制陶技艺
+                <w:br/>
+                5、途径古罗马历史教科书上的“法尤姆肖像”--哈瓦拉的金字塔
+                <w:br/>
+                6、探索瓦迪埃尔拉扬自然保护区：瓦迪扬瀑布
+                <w:br/>
+                ---在加伦湖边享用烤鱼，近距离感受原居民生活
                 <w:br/>
                 <w:br/>
                 【世界文明古国·豪送五大升级包】：  
                 <w:br/>
                 1、特别安排升级1晚卢克索尼罗河边国际五星，尽享美丽尼罗河两岸绿洲风光，不虚此行
                 <w:br/>
                 2、全球最大考古博物馆/埃及新地标与象征/最新开幕网红大咖打卡地--大埃及博物馆
                 <w:br/>
                 3、世界遗产-伊斯兰教老城，参观经典景点：著名悬空教堂+阿米尔清真寺
                 <w:br/>
                 4、埃及绝美小众神庙--丹达拉神庙，这里有最美的Tiffany蓝“天花板”
                 <w:br/>
                 5、尼罗河边香蕉岛 一边品尝特色下午茶，一遍欣赏尼罗河两岸美景
                 <w:br/>
                 <w:br/>
                 【广州直航】搭乘星空联盟--埃及航空豪华客机广州直航往返，含1段内陆机直飞卢克索，尊贵舒适
                 <w:br/>
                 【五星酒店】升级1晚卢克索国际五星、3晚开罗五星、2晚红海海边五星（含自助餐+免费畅饮无酒精饮料）
                 <w:br/>
                 【深度旅程】必游埃及首都-开罗、世界最大露天博物馆-卢克索、世界鼎级潜水圣地-红海、地中海新娘-亚历山大
                 <w:br/>
                 【特色美食】地中海海鲜餐、尼罗河边餐、鸽子餐、中式团餐8菜1汤，鲜榨甘蔗汁或果汁	
                 <w:br/>
                 【特色体验】乘坐三桅小帆船游尼罗河&amp;香蕉岛，马车游卢克索古城，汗哈利利集市
                 <w:br/>
-                【品质保证】全程纯玩无购物店，5年起经验丰富埃及导游。
+                【品质保证】全程纯玩无购物店，5年起经验丰富埃及导游，满15位客人即可升级50座奔驰旅游巴士
+                <w:br/>
+                【贴心赠送】当地10G流量卡+埃及著名纪念礼品（纸莎草纸画）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -904,70 +904,68 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗—法尤姆尼罗河绿洲—开罗
                 <w:br/>
                 开罗—法尤姆尼罗河绿洲—开罗（单程车程约2.5个时）
                 <w:br/>
                 <w:br/>
                 早上享用酒店自助早餐。前往被撒哈拉沙漠包围在尼罗河三角洲著名绿洲---法尤姆Fayoum。
                 <w:br/>
                 <w:br/>
                 途径【哈瓦拉金字塔】（参观约20分钟），位于埃及法尤姆绿洲附近的古埃及考古遗址，以第十二王朝法老阿蒙涅姆赫特三世的金字塔及附属建筑群为核心，遗址首次于1843年由卡尔·莱普修斯发掘，后由弗林德斯·皮特里于1888年发现公元1-2世纪纸莎草纸及罗马时期木乃伊画像（法尤姆肖像）。
                 <w:br/>
                 <w:br/>
                 进入法尤姆，这里和大多沙漠不一样，这里的石灰石砂岩形成于汪洋的海底，经千万年的风化，形成了现在的纹路。风化而成的石灰石砂岩，形态各异，令人遐想。
                 <w:br/>
                 <w:br/>
-                从法尤姆再往西方圆几十公里的地域内，像明镜一样镶嵌着【世界上最古老的淡水湖：加伦湖】。大约七万年前，泛滥的尼罗河水冲过了法尤姆洼地周围的矮山，形成了加伦湖以及周围的沼泽地，这里被认为是世界上第一处农业区，当地人靠原始的水车灌溉及喂养牲畜，这里有数以百计的【城市象征-水车】 (约10分钟)，湖面目前已低于海平面45米，湖水含盐量越来越高。在撒哈拉沙漠里有这么一片广阔湖区，亲眼目睹这片真实的海市蜃楼实在令人震撼！
+                从法尤姆再往西方圆几十公里的地域内，像明镜一样镶嵌着【世界上最古老的淡水湖：加伦湖】。大约七万年前，泛滥的尼罗河水冲过了法尤姆洼地周围的矮山，形成了加伦湖以及周围的沼泽地，这里被认为是世界上第一处农业区，当地人靠原始的水车灌溉及喂养牲畜。
                 <w:br/>
                 <w:br/>
                 参观【瓦迪埃尔拉扬自然保护区：瓦迪扬瀑布】，在茫茫沙漠遇见一片小瀑布，是一件很神奇的事情。
                 <w:br/>
-                特别安排【乘坐吉普车，体验沙丘滑沙，激起沙砾飞扬】。	
+                特别安排【乘坐吉普车，体验沙丘滑沙，激起沙砾飞扬】。
+                <w:br/>
                 <w:br/>
                 特别安排【沙漠绿洲加伦湖当地特色烤鱼餐】，满足味蕾好奇心！
                 <w:br/>
                 <w:br/>
                 稍作休息，进入【突尼斯村庄]，位于埃及首都开罗西南约100公里的梅里斯湖畔，受地中海文化影响，村中的房舍颇具突尼斯风格，由此得名。20世纪80年代，艺术家波雷从瑞士移居这里，为这个埃及小村庄带来了制陶技艺。工作之余，他建立学校，教村里的孩子们学习陶艺。目前，这里的村民家家户户以创作陶器为生，极具特色的陶器吸引了大量游客前来参观。
                 <w:br/>
                 <w:br/>
                 特别安排【乘坐吉普车前往被联合国教科文组织列为世界文化和自然保护遗产的拉岩谷自然保护区，参观鲸鱼谷博物馆，深入鲸鱼谷，观赏鲸鱼化石】（约1小时）。由于地质变迁，这里几千万年以前还是一片海域，有成群的鲸鱼出没。考古学家在这里发现了相当珍贵的海洋古生物化石标本，如多刺鱼、鲨鱼、海蛇、海龟、鳄鱼、海牛和鲸鱼等。2005年4月，美国密歇根大学的古生物学家菲利浦·金戈里奇在此找到了太古生代始祖鲸：械齿鲸骨骼化石，长达18米，它生活的年代至少在4000万年以前！在这里，超越时空，和它们亲密接触。在这里，您会一次又一次地感慨，生命的短暂，人类的渺小。
                 <w:br/>
                 <w:br/>
-                特别安排【乘船约30分钟前往位于加伦湖中央的加伦城堡】（约1小时），这里是狄俄尼索斯古遗址，曾经是一名埃及富人在此建立的一座诺大城堡。
-[...2 lines deleted...]
-                返回开罗，享用【中式晚餐】。
+                返回开罗，享用【中式晚餐】（8菜1汤）。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：沙漠绿洲加伦湖特色烤鱼餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2082,51 +2080,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>