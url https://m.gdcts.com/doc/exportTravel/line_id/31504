--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【西欧 10月-3月欧洲五国HU】德国+法国+荷兰+比利时+瑞士10天（海航深圳直飞）|含全餐|含签小|荷兰风车村|卢浮宫|科隆|法兰克福|布鲁塞尔大广场|因特拉肯|琉森行程单</w:t>
+        <w:t xml:space="preserve">【西欧 欧洲五国】德国+法国+荷兰+比利时+瑞士10天（海航深圳直飞）|含全餐|风车村|卢浮宫|科隆|法兰克福|布鲁塞尔大广场|因特拉肯|琉森行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202509171115HC</w:t>
+              <w:t xml:space="preserve">EU202602042210HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,51 +388,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 餐食无忧，全程含餐+双特色餐：法式烤鸡餐、土耳其烤肉餐！
+                ★ 餐食无忧，全程含餐+双特色餐：法式烤鸡餐、巴黎特色越南粉Pho！
                 <w:br/>
                 ★ 特别安排探访荷兰著名的【风车村】，了解当地民众的生活
                 <w:br/>
                 ★ 入内参观【卢浮宫】，深入了解法国艺术文化；
                 <w:br/>
                 ★ 深入瑞士中部双小镇：因特拉肯和琉森，感受瑞士纯净山水
                 <w:br/>
                 ★ 探访德国双城：金融中心法兰克福，和德国第四大城市科隆
                 <w:br/>
                 ★ 全欧最美丽的大广场—布鲁塞尔大广场
                 <w:br/>
                 ★ 游览北方水城――阿姆斯特丹
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1082,51 +1082,51 @@
                 ●【凯旋门】外观（游览不少于15分钟）,巴黎凯旋门是巴黎市的四大代表建筑之一（埃菲尔铁塔、凯旋门、卢浮宫和巴黎圣母院），也是目前香榭丽舍大街上最大的一座圆拱门，是为了纪念拿破仑在1806年在奥斯特尔里茨战役中获胜而建的。巴黎市区12条大街都以凯旋门为中心，向四周放射，气势磅礴。
                 <w:br/>
                 ●【协和广场】外观（游览不少于15分钟）,协和广场是18世纪路易十五下令建造，以向世人展示其至高无上的皇权，又名“路易十五广场”。广场呈八角形，中央矗立着埃及方尖碑。方尖碑是由整块的粉红色花岗岩雕出来的，上面刻满了埃及象形文字，赞颂埃及法老的丰功伟绩。
                 <w:br/>
                 ●【埃菲尔铁塔】外观（游览不少于15分钟）,素有巴黎城市地标之一的埃菲尔铁塔是一座位于法国巴黎战神广场的铁制镂空塔，是巴黎较高的建筑物，也是法国的文化象征。铁塔从1887年起建，分为三层，分别在离地面57米、115米和276米处，从塔座到塔顶共有1711级阶梯，超级壮观。三层眺望台虽然高度不同，却各有不同的视野，能带来不同的情趣。每年都有几百万人登临塔顶，俯瞰巴黎市容。
                 <w:br/>
                 ●【奥斯曼大道】（游览不少于3小时）,（自由活动）奥斯曼大道从巴黎第八区延伸至第九区，这里汇聚着众多的各色店铺，时常能看到街上行走着挎着各种手袋的东方面孔。您可以在附近百货商场自由购物，享受买买买的乐趣，或者您可以找家咖啡馆，尽情享受慵懒的巴黎时光。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：土耳其烤肉餐     晚餐：中式团餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：巴黎特色越南粉Pho     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">高级-豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1148,52 +1148,50 @@
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴黎-(大巴约320公里)-布鲁塞尔
                 <w:br/>
                 ●【布鲁塞尔】（游览不少于1小时）,有着浓郁的文化艺术氛围，是欧洲历史悠久的文化中心之一，雨果、拜伦、莫扎特及马克思都曾在这座城市居住。《蓝精灵》最早源于比利时，1958年，化名贝约的比利时漫画家皮埃尔库利福德创造了“蓝精灵"这个艺术形象。一推出后便大受欢迎！同时有958个国际机构设于此地，因此布鲁塞尔素有“欧洲首都”之称。
                 <w:br/>
                 ●【撒尿小童雕像】外观,撒尿小童像，又译为尿尿小童，小于连等，树立于布鲁塞尔市中心区恒温街及橡树街转角处，是布鲁塞尔的市标，已经有约400年的历史。
                 <w:br/>
                 ●【布鲁塞尔大广场】外观,比利时布鲁塞尔的中心广场，作为欧洲最美的广场之一，1998年被联合国教科文组织列入世界文化遗产。广场面积不大，长110米宽68米，各种酒吧、商店和餐馆点缀在广场四周，使广场上充满了浓郁的生活气息。
                 <w:br/>
                 ●【布鲁塞尔市政厅】外观,市政厅是大广场周围重要的建筑物，是一座中世纪的哥特式建筑，整栋建筑看上去十分优雅、对称和精致，仔细的看一看上面的人像，惟妙惟肖，有圣人、快乐的夫妻、罪人等等。
                 <w:br/>
                 ●【天鹅咖啡馆】外观,这里曾是马克思和恩格斯当年居住和工作过的地方，与著名的市政厅相邻，因门上饰有一只振翅欲飞的白天鹅而得名。这里是他们共同创建共产主义通讯委员会和德意志工人协会的重要活动地方。马克思在这里写出了著名的《哲学的贫困》和《共产党宣言》等。
-                <w:br/>
-                ●【贝尔莱蒙大楼】外观,呈X形的贝尔莱蒙大楼是比利时首都布鲁塞尔最具象征意义的建筑物，自1967年落成后便成为当时欧共体（现欧盟）总部的办公大楼，30多年来，它一直是欧洲联合的象征之一。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1419,51 +1417,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 住宿：全程欧洲高级-豪华酒店或同等级酒店：以两人一房为标准、酒店欧陆式早餐；
                 <w:br/>
-                2. 用餐：行程注明所含的7个早餐 14个正餐，以中式五菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位，特色餐包含：1餐法式烤鸡餐、1餐土耳其烤肉餐；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
+                2. 用餐：行程注明所含的7个早餐 14个正餐，以中式五菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位，特色餐包含：1餐法式烤鸡餐、1餐巴黎特色越南粉Pho；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3. 国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 4. 用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；
                 <w:br/>
                 5. 门票：行程中所含的首道门票：卢浮宫（不含讲解）。带*的景点含门票费；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）；
                 <w:br/>
                 6. 保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险。
                 <w:br/>
                 7. 全程司导服务费及签证费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -2430,51 +2428,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>