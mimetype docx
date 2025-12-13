--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特惠·精品环岛游】海南三亚双飞4天 |南山文化苑 |石梅湾 |直升机飞行体验 |海花岛行程单</w:t>
+        <w:t xml:space="preserve">【特惠·精品环岛游】海南双飞5天 |南山文化苑 |石梅湾 |直升机飞行体验 |海花岛行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FG-20250901-TH3</w:t>
+              <w:t xml:space="preserve">FG-20251101-TH3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,51 +345,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程参考起飞时间：广州飞博鳌 20:00-23:59之间起飞
                 <w:br/>
-                回程参考起飞时间：博鳌飞广州 23:00-23:59之间起飞
+                回程参考起飞时间：博鳌飞广州 05:00-10:00之间起飞
                 <w:br/>
                 不能指定，具体航次以实际出票为准，敬请悉知，谢谢！（15KG免费托运行李/程）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -795,148 +795,221 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐      晚餐：团餐    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/凯祥/华芳/佰思特/嘉濠或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/海角之旅/夏朵或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                三亚-博鳌（车程约4小时）-广州（飞行时间约90分钟）
+                三亚-博鳌（车程约4小时）
                 <w:br/>
                 早餐后出发，参观【海南健康馆】（停留时间约100分钟）。体验一段令人兴奋的空中旅程【直升机观光体验】（小圈飞行，保险费48元/人自理）360度无死角的直升机低空观光体验，感受不一样的三亚视角，打破常规观光方式，换个视角体验高空美景，享受视角的辽阔视野，俯瞰海岸美景，与直升机合影，拍炫爆高级美图大片。
                 <w:br/>
                 参观以美丽、浪漫、爱为主题，亚洲规模最大的玫瑰谷-【亚龙湾国际玫瑰谷】 (电瓶车自理30元/人；游览约120分钟),让您触景生情,尽情释放您的浪漫情怀.。玫瑰科普、玫瑰养护、玫瑰致富；了解“小康不小康，关键看老乡”精神与玫瑰谷乡村振兴战略。用脚步丈量远方，将世界收入眼中，一边感受花海的梦幻浪漫。（温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点）。
                 <w:br/>
-                <w:br/>
-                前往机场乘机返广州（回程参考起飞时间：海口或博鳌飞广州 06:00-12:00之间起飞，不能指定，具体航次以实际出票为准），结束愉快行程。
+                交通：旅游车
+                <w:br/>
+                景点：【直升机观光体验】和【亚龙湾国际玫瑰谷】
+                <w:br/>
+                购物点：【海南健康馆】
+                <w:br/>
+                自费项：【直升机低空飞行 不含保险48元/人】、【亚龙湾国际玫瑰谷电瓶车自理30元/人】
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：团餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">结束行程</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                博鳌-广州（飞行时间约90分钟）
+                <w:br/>
+                前往机场乘机返广州（回程参考起飞时间：海口或博鳌飞广州 05:00-12:00之间起飞，不能指定，具体航次以实际出票为准），结束愉快行程。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准。
                 <w:br/>
                 3、温馨提示：免税店不列入旅游购物店范畴。 景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，其自带的商店非旅行社指定的购物场所，旅游者在此购物为个人自主行为；景区内、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，旅游者在此购物为个人自主行为。旅游者在以上所列场所因购物产生的纠纷与本社无关。
                 <w:br/>
-                交通：旅游车
-[...6 lines deleted...]
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">结束行程</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -968,55 +1041,55 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。进出港口、航班时间等以航司出票为准。（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2、住宿：入住行程中参考酒店的标准双人间。每成人每晚一个床位，若出现单男单女，客人需补单房差入住双标间。注意：如遇酒店房满或政府征用等情形，旅行社会另外安排其他标准同等级的酒店。
                 <w:br/>
-                3、用餐：含5正3早（酒店房含早，不用不退），正餐标准25/人/餐。餐费是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                3、用餐：含5正4早（酒店房含早，不用不退），正餐标准25/人/餐。餐费是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：5-55座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
-                5、导游：当地普通话导游服务。（备注：8人以下（含8人）司机兼向导带团，根据人数安排用车，当地退餐费或协商用餐。）
+                5、导游：当地普通话导游服务。（备注：9人以下（含9人）司机兼向导带团，根据人数安排用车，当地退餐费或协商用餐。）
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、儿童标准：
                 <w:br/>
                 ①儿童：2岁-12岁（不含）以下：含往返机票，含车位、半价正餐、早餐。不占床位、不含门票。
                 <w:br/>
                 ②婴儿，2岁（不含）以下婴儿：只含往返机票，其他均不含。
                 <w:br/>
                 8、购物点：1个购物店。注：免税店非旅游购物店。温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -2095,51 +2168,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>