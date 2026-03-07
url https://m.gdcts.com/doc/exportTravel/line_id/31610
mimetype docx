--- v1 (2025-12-13)
+++ v2 (2026-03-07)
@@ -751,95 +751,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 儋州-三亚
                 <w:br/>
                 早餐后出发，乘车前往游览【南山佛教文化苑】（车程约150分钟，游览时间约150分钟）拜谒临波于南海之上的108米的观音圣像；朝圣上海世博园尼泊尔馆的化身【天竺圣迹•佛陀馆】,一路梵音相伴，仿若行止于梵天净土，身心俱感清灵空阔。
                 <w:br/>
+                （温馨提示：
+                <w:br/>
+                1、行程包含的是65周岁（含）-70周岁（不含）的老人优惠票，无任何差价退还。
+                <w:br/>
+                2、60周岁（含）-65周岁（不含），需报名时补差价40元/人
+                <w:br/>
+                3、60周岁（不含）以下的，需报名时补差价60元/人。
+                <w:br/>
+                4、70周岁（含）以上的，在当地凭本人身份证入园时导游现退60元/人。
+                <w:br/>
                 游览素有“天之涯、海之角”的旅游胜地【天涯海角】（游览时间约120分钟）那刻有：“天涯”、“海角”、“南天一柱”、“海南南天”等巨石雄峙海滨，使整个景区如诗如画，美不胜收。
                 <w:br/>
                 游玩国家3A级旅游风景区【三亚凤凰岭海誓山盟景区】（游玩时间约60分钟，索道98元/人自理）主峰海拔约400米，是三亚城市中心的最高峰，是唯一可以全览三亚四大海湾（三亚湾、大小东海、榆林湾、亚龙湾）及360°鸟瞰三亚整座城市全貌的最佳位置。景区引进世界最先进的、被誉为索道中劳斯莱斯的奥地利索道，是中国南方地区投入最大，风景最好的空中索道，缆车缓缓上升，三亚如一巨幅画卷，徐徐展开，整个城市尽收眼底，被称为亚洲第一观海看城索道；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：【南山文化旅游区】、【天涯海角】和【三亚凤凰岭海誓山盟景区】
                 <w:br/>
                 自费项：【三亚凤凰岭海誓山盟景区】（索道98元/人自理）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐      晚餐：团餐    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/海角之旅/夏朵或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/格丽酒店/三亚派柏云/夏朵酒店/海角之旅/施顿或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2168,51 +2178,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>