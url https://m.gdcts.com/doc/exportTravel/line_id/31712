--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1133,51 +1133,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、邮轮服务小费（海际套房及以下普通房型服务费为每晚18美金/人，天际套房为每晚20.5美金/人，船上支付）；
+                1、邮轮服务小费（海际套房及以下普通房型服务费为每晚18.5美金/人，天际套房为每晚20.5美金/人，船上支付）；
                 <w:br/>
                 2、居住地至码头往返交通；
                 <w:br/>
                 3、邮轮停靠上岸观光游费用；
                 <w:br/>
                 4、Wi-Fi费用：（全程套餐参考价：25美金/晚/1个设备，具体以船上为准）；
                 <w:br/>
                 5、保险：旅游意外险（建议购买）；
                 <w:br/>
                 6、个人消费以及以上未提及的其他费用
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -1246,99 +1246,50 @@
                 <w:br/>
                 若未成年人不随其父母一起登船出行，必须要提供以下资料(一式两份)：
                 <w:br/>
                 1）未成年人的出生证复印件或有父母和孩子信息页面的户口簿复印件。
                 <w:br/>
                 2）其父母及随行监护人必须填写授权声明信与随行监护人承诺书，请打印该附件并签字携带。
                 <w:br/>
                 <w:br/>
                 婴儿出行：
                 <w:br/>
                 皇家加勒比游轮规定，乘坐游轮旅行的婴儿必须在游轮起航第一天时至少满6个月。
                 <w:br/>
                 <w:br/>
                 孕妇出行：
                 <w:br/>
                 在游轮巡游/游轮观光活动开始之日或其后行程的任何时间里妊娠将超过23周（即进入第24周或以上）的乘客，不得预定游轮巡游或登船。
                 <w:br/>
                 至游轮行程结束之日妊娠将不超过23周的孕妇，需要出具医院证明（该证明须含有该孕妇怀孕周数并加盖医院公章），在登船当天到主管柜台报备、填写相关表格后方可登船。但游轮公司保留是否允许乘客登船的最终决定权。
                 <w:br/>
                 乘客如因怀孕需取消预订的，仍遵循预订原有的退改政策。
                 <w:br/>
                 <w:br/>
                 长者出行：
                 <w:br/>
                 在皇家加勒比国际游轮对于长者未设年龄限制，但鉴于游轮上的医疗设施及救助措施有限，建议出行前对老人（长者）的健康状况进行评估，并由家人陪护出行，备好常用药品等。
-              </w:t>
-[...47 lines deleted...]
-                2）我社保留根据具体情况更改行程的权利，以上行程仅供参考，请以出发通知行程为准。离港时间仅供参考；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1677,51 +1628,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>