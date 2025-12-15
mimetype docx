--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【全景郴州】湖南高铁纯玩3天 | 醉美东江湖 | 丹霞高椅岭 | 南国大草原仰天湖 | 云踏五指峰 | 丹霞秘境酒店 | 东江湖+高椅岭航拍 | 小东江摄影船行程单</w:t>
+        <w:t xml:space="preserve">11月【全景郴州】湖南高铁纯玩3天 | 醉美东江湖 | 丹霞高椅岭 | 南国大草原仰天湖 | 云踏五指峰 | 丹霞秘境酒店 | 东江湖+高椅岭航拍 | 小东江摄影船行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -1123,134 +1123,50 @@
                 <w:br/>
                 乙方（旅行社）：
                 <w:br/>
                 本人自愿要求参加。从 年 月 日至 年 月 日止。
                 <w:br/>
                 本人已完全了解和理解贵社接待人员所告知的注意事项，并根据对高龄人群的参团告知，承诺如下：
                 <w:br/>
                 1、本人以及亲人了解自己的身体情况， 适合参加此次 旅游团，本人能够完成此次旅行并按期返回。
                 <w:br/>
                 2、如本人未按贵社要求如实告知相关健康情况或者隐瞒自身健康的真实情况，在旅途中突发老年易发疾病（心脏病、心肌梗塞等），本人承担因此而产生的全部责任以及发生的全部费用，并承担给贵社造成损失的赔偿责任。
                 <w:br/>
                 3、在旅游过程中，本人放弃禁止高龄人群参加的相应景点或相应活动权利，若因本人坚持参加所产生的全部后果均由本人承担。
                 <w:br/>
                 4、在旅游过程中，如果本人由于身体不适或者其他原因导致不能继续完成行程，需要贵社协助提前返回、就医等情况发生，本人承担全部责任及发生的全部费用，并且由领队、全陪、全团游客及本人签字！
                 <w:br/>
                 5、本人已就此告知了亲友并得到他们的同意，本人同意任何单一或全部核实义务。
                 <w:br/>
                 以上承诺内容是本人及亲友的真实意愿，对本协议的各项条款及本次行程中，可能存在的因地域差异会产生的不良反应和旅途辛劳程度，贵社工作人员已充分告知本人及本人亲友，本人及本人亲友已完全理解并自愿承诺。若发生纠纷，已本协议为准。
                 <w:br/>
                 特此承诺！
                 <w:br/>
                 <w:br/>
                 甲方旅游者签字： 乙方旅行社代表签字：
                 <w:br/>
                 年 月 日 年 月 日
-              </w:t>
-[...82 lines deleted...]
-                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1381,51 +1297,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>