--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中旅1号】 塞尔维亚+黑山+阿尔巴尼亚+波黑 欧洲免签四国 三飞12天·深度探秘行程单</w:t>
+        <w:t xml:space="preserve">【中旅1号】 塞尔维亚+黑山+阿尔巴尼亚+波黑 欧洲免签四国 三飞12天·纯玩深度探秘行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -647,57 +647,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 贝尔格莱德-巴伊纳巴什塔-乌日策-兹拉蒂博尔
                 <w:br/>
-                贝尔格莱德 (195公里)巴依纳巴什塔(36公里)乌日策(39公里)兹拉蒂博尔  酒店
-[...5 lines deleted...]
-                备注：如遇小火车关闭或满座情况下，我司将改为赠送兹拉蒂博尔观光缆车-巴尔干地区最长的观光缆车，湖光山色尽收眼底（公司赠送项目，单程约20分钟。如遇检修、停运、旺季无法预订门票等特殊或不可抗力因素，无任何费用退减，请您谅解）
+                是日早上航班安抵后办理入境手续，乘车前往因登上《国家地理杂志》封面而被评为“全球至孤独建筑”的【河中小屋】（远观约0.5小时）。【木头村】（入内约1.5小时），是为电影《生命是个奇迹》拍摄而专门建造，是导演心目中的乌托邦。随后前往【兹拉蒂博尔观光缆车】（约30分钟）-巴尔干地区最长的观光缆车,湖光山色尽收眼底。晚餐后入住酒店，结束当天行程。（缆车为赠送项目，单程约15分钟。如遇检修、停运、旺季无法预订门票等特殊或不可抗力因素，无任何费用退减，请您谅解）
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -729,57 +723,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                兹拉蒂博尔-扎布利亚克（黑山共和国）-波德戈里察
-[...5 lines deleted...]
-                前往黑山首都【波德戈里察】，晚餐后入住酒店，结束当天行程。
+                酒店  (137公里)扎布利亚克（黑山共和国） (125公里) 波德戈里察  酒店
+                <w:br/>
+                酒店享用早餐后，参观【塔拉大桥】（自由活动约0.5小时），前南斯拉夫电影《桥》的真实拍摄地。午餐后走进入选《世界自然遗产名录》的【杜米托尔国家公园】（入内约2小时），在美丽的【黑湖】边漫步，在美丽的冰川湖泊边上漫步，公园地貌由冰川所形成，且有河川与暗流纵横其中，形成美丽的自然公园，峡谷、冰穴、岩洞等构成典型、绚丽的喀斯特风光。前往黑山首都-【波德戈里察】，晚餐后入住酒店，结束当天行程。
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -811,59 +801,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                波德戈里察-地拉那(阿尔巴尼亚共和国)-培拉特
-[...7 lines deleted...]
-                晚餐后入住酒店，结束当天行程。
+                波德戈里察  (180公里)地拉那  (80公里)培拉特酒店
+                <w:br/>
+                酒店享用早餐后，前往被誉为“欧洲前社会主义明灯国家”的阿尔巴尼亚共和国首都地拉那，游览【斯坎德培广场】（自由活动30分钟），斯坎德培纪念碑矗立在广场上。
+                <w:br/>
+                外观【国家历史博物馆】、【国家中央银行】、【国家歌剧院】、【国家图书馆】、【哈奇•艾特海姆•培清真寺】、【市政厅】、【艺术碉堡】、【国家安全局】、【国家美术学院】、【艺术广场】、【金字塔】、【特蕾莎修女广场】。
+                <w:br/>
+                前往【培拉特】，有2400多年历史，保留有大量完好奥斯曼土耳其建筑，被誉为“千窗之城”。登上【培拉特城堡】（入内约2小时），高空俯瞰整座城市的美景。晚餐后入住酒店，结束当天行程。
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -895,59 +883,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                培拉特-克鲁亚-斯库台
-[...7 lines deleted...]
-                晚餐后入住酒店，结束当天行程。
+                培拉特  (128公里) 克鲁亚  (85公里) 斯库台  酒店
+                <w:br/>
+                酒店享用早餐后，走进纪念阿尔巴尼亚民族英雄【斯坎德培博物馆】(入内约1小时)，介绍斯坎德伯带领阿尔巴尼亚人抗击奥斯曼帝国的历史，并陈列着许多古代的兵器,了解英雄生平事迹。【克鲁亚古城】（自由活动约1小时），建筑保存着当年修建的原貌，低调却掩盖不了其曾经辉煌的色彩。前往【斯库台】-阿尔巴尼亚第二大城市，晚餐后入住酒店，结束当天行程。
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -979,57 +961,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                斯库台湖-布德瓦（黑山共和国）
-[...5 lines deleted...]
-                晚餐后入住酒店，结束当天行程。
+                斯库台  斯库台湖(88公里)布德瓦（黑山共和国）
+                <w:br/>
+                酒店享用早餐后，前往【罗扎发城堡】（入内约1小时），是守卫斯库台的军事要塞，它的历史也是斯库台的历史。【斯库台湖】（外观约30分钟）以丰富的自然资源和壮丽的美景而闻名，是巴尔干半岛至大的淡水湖泊。
+                <w:br/>
+                随后前往有“欧洲后花园、亚得里亚海海滨度假胜地”之称的【布德瓦】，途经欧美众多贵族、名流、明星钟爱的度假胜地【圣斯代凡岛】（外观约15分钟），是全球至美至贵的海岛之一，有钱任性大概是圣斯代凡岛最佳诠释,这座遗世独立的中世纪孤岛十几年前被安缦拥有。前往【布德瓦古城】（入内约1小时），享有“欧洲后花园、亚得里亚海海滨度假胜地”之称。
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1061,61 +1041,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                科托尔-佩拉斯特-特雷比涅（波黑共和国）
-[...9 lines deleted...]
-                备注：科托尔峡湾游船和缆车为我公司赠送项目。如遇游船或缆车检修、停运、旺季无法预订门票等特殊或不可抗力因素，无费用退减，请您谅解。
+                布德瓦  30KM 科托尔  15KM 佩拉斯特 （100公里）特雷比涅酒店
+                <w:br/>
+                酒店享用早餐后，前往【科托尔古城】（入内约2小时），世界文化遗产，是巴尔干目前保存得最完好的古建筑。随后在科托尔码头登船，【登圣母岩岛】（船游含登岛约40分钟），南欧最美的峡湾,也是世界上最美的 25个峡湾之一。登上【圣母岩岛】，一座圣母教堂,传说可以护佑渔民安全出海。
+                <w:br/>
+                【佩拉斯特小镇】（自由活动约1小时），是科托尔峡湾中至漂亮的古镇，它看上去犹如一座微缩版的威尼斯城自行奔涌到亚德里亚海，然后停靠在科托尔海湾旁。随后前往波黑老城-【特雷比涅】，晚餐后入住酒店，结束当天行程。
+                <w:br/>
+                备注：峡湾游船为我公司赠送项目。如遇游船检修、停运、旺季无法预订门票等特殊或不可抗力因素，无费用退减，请您谅解）
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1147,59 +1123,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                特雷比涅-莫斯塔尔
-[...7 lines deleted...]
-                晚餐后入住酒店，结束当天行程。
+                特雷比涅(100公里)莫斯塔尔 酒店
+                <w:br/>
+                酒店享用早餐后，前往【特雷比涅老城】（自由活动约1小时）。随后前往【莫斯塔尔】，是波黑第二大城市，游览【莫斯塔尔古城】（入内约2小时），【莫斯塔尔古桥】，2005年莫斯塔尔古城和古桥入选《世界文化遗产名录》，始建于1557年，波黑内战时期被毁，2004年修复完成。古城的街道由圆形鹅卵石铺砌而成，随处可见店铺在售卖土耳其地毯、珠宝首饰、传统服装、茶具器皿等工艺品小店。晚餐后入住酒店，结束当天行程。
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1231,97 +1201,93 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                莫斯塔尔-布拉加依-萨拉热窝
-[...7 lines deleted...]
-                晚餐后入住酒店，结束当天行程。
+                莫斯塔尔(22公里)布拉加衣（130公里）萨拉热窝酒店
+                <w:br/>
+                酒店享用早餐后，随后前往【布拉加伊悬崖修道院】（外观约30分钟），位于布纳河河畔，是一个中世纪的古镇。前往有“欧洲耶路撒冷”之称波黑首都-【萨拉热窝】，【市政厅】（外观15分钟），充满波斯尼亚风情建筑，还可以打卡【I ❤ SARAJEVO】。
+                <w:br/>
+                前往【黄堡】（游览约1小时），登上电影德国军官说的“Sehen Sie diese Stadt? Das ist Walter”（看这座城市，这就是瓦尔特）【拉丁桥】（游览约10分钟），引发一战导火索“萨拉热窝”事件发生地。寻觅《瓦尔特保卫萨拉热窝》拍摄场景，游览电影中出现的【钟楼】（外观10分钟）、【贝伊大清真寺】（入内20分钟）、【铜匠街】（自由活动约30分钟）、【瑟比利水塔】（外观10分钟），晚餐后入住酒店，结束当天行程。
                 <w:br/>
                 交通：旅游大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hotel Inclusive或同级4*</w:t>
+              <w:t xml:space="preserve">Hotel Hills或同级5*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1599,51 +1565,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 进城费+官方导游讲解陪同费用
                 <w:br/>
                 ★ 全程专业中文领队兼导游+外籍司机服务
                 <w:br/>
-                ★ 行程内当地四星酒店+酒店税，标准双人间
+                ★ 行程内当地四星-五星酒店+酒店税，标准双人间
                 <w:br/>
                 ★ 塞尔维亚航空广州往返经济舱机票+机建税+燃油费
                 <w:br/>
                 ★ 根据人数安排欧盟标准空调旅游巴，保证每人一正座
                 <w:br/>
                 ★ 行程所列用餐：
                 <w:br/>
                 【早餐】 酒店内美式/欧陆式自助餐；
                 <w:br/>
                 【正餐】 行程所列用餐，六菜一汤中式团餐+当地西餐结合，全程平均餐标15欧/餐/人
                 <w:br/>
                 ★ 行程内所列景点首道门票。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1944,51 +1910,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>