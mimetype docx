--- v1 (2025-10-25)
+++ v2 (2025-12-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【皇牌•晋地宝藏】山西双飞6天丨0自费0购物一价全含丨升级1晚国际品牌豪华酒店+1晚五钻酒店丨隰县小西天丨应县木塔丨雁门关丨云冈石窟丨悬空寺丨五台山丨平遥古城丨乔家大院丨晋祠丨山西省博物院行程单</w:t>
+        <w:t xml:space="preserve">【皇牌•晋地宝藏】山西双飞6天丨0自费0购物一价全含丨升级1晚温德姆豪华国际品牌酒店丨隰县小西天丨应县木塔丨雁门关丨云冈石窟丨悬空寺丨五台山丨平遥古城丨乔家大院丨晋祠丨山西省博物院行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XFX-20250812XP1</w:t>
+              <w:t xml:space="preserve">XFX-20251027XP1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,71 +343,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-太原：CZ3701/08:20-10:55
-[...1 lines deleted...]
-                太原-广州：CZ3696/18:55-21:55
+                广州-太原：CZ3701/08:15-10:50 
+                <w:br/>
+                太原-广州：CZ3696/18:55-21:50
                 <w:br/>
                 或
                 <w:br/>
-                广州-太原：CZ3701/08:20-10:55
-[...1 lines deleted...]
-                临汾-广州：CZ8928/20:05-22:50
+                广州-太原：CZ3951/17:05-19:45
+                <w:br/>
+                太原-广州：CZ3952/20:55-23:50
                 <w:br/>
                 或
                 <w:br/>
                 广州-临汾：CZ8903/16:15-19:05
                 <w:br/>
                 临汾-广州：CZ8904/19:55-22:35
                 <w:br/>
                 或
                 <w:br/>
-                广州-运城：CZ3921/ 16:50-19:30
-[...1 lines deleted...]
-                运城-广州：CZ3922/ 20:15-22:40
+                广州-运城：CA4594/0710-0940  
+                <w:br/>
+                运城-广州：CA4593/1025-1255
                 <w:br/>
                 <w:br/>
                 （仅供参考，以实际出票为准，行程游览顺序根据出票航班时间调整为准！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -434,62 +434,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【行程亮点】
                 <w:br/>
                 【PICK我们的理由—精华景点一网打进，深度游山西不留遗憾】
                 <w:br/>
                 【雁门关】一座雁门关 半部华夏史
                 <w:br/>
                 【五台山】一半佛国 一半山野 一片净土 赏心悦目
                 <w:br/>
                 【云冈石窟】探究石刻艺术 刻在石头上的北魏史书
                 <w:br/>
                 【悬空寺 应县木塔】探究千年不倒之迷 看古建之光
                 <w:br/>
                 【平遥古城 乔家大院】寻踪晋商的前世今生
                 <w:br/>
                 【山西省博物院 晋祠博物馆】中华上下五千年 地上文物看山西
                 <w:br/>
                 【隰县小西天】中国悬塑博物馆，感受屋檐下的文脉
                 <w:br/>
                 <w:br/>
                 ★【优选酒店】
                 <w:br/>
-                3晚四钻酒店+体验1晚平遥民俗客栈+升级1晚五钻超豪华酒店+升级1晚国际品牌温德姆豪华酒店。
+                3晚四钻豪华酒店+体验1晚平遥民俗客栈+升级1晚温德姆豪华国际品牌酒店。
                 <w:br/>
                 <w:br/>
                 ★【品质保障】
                 <w:br/>
                 〉.硬核真纯玩不进购物店，不推自费，景区必销交通一价全含，拒绝套路，时间充裕真旅行！
                 <w:br/>
                 〉.尊享舒适出行享受2+1陆地头等舱全程用车服务，使旅途更加舒适（14人以上）！
-                <w:br/>
-[...2 lines deleted...]
-                清徐关帝城漫步城中，古老的建筑错落有致，雕梁画栋间尽显匠心独运。 在关帝庙前虔诚祈福，于街头巷尾品味民俗风情，感受传统与现代的交融。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -770,99 +766,97 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大同-应县木塔-雁门关-清徐关帝城（汽车）
+                大同-应县木塔-雁门关（汽车）
                 <w:br/>
                 早餐后，乘车赴朔州市应县（车程约1小时）游览世界三大奇塔之一—【应县木塔】『参观1小时左右』全名佛宫寺释迦塔，供奉着两颗全世界佛教界尊宗的圣物佛牙舍利，是佛陀瑞现世界的唯一道场。是我国及世界现存最古老最高大的纯木结构楼阁式建筑。它与法国埃菲尔铁塔和意大利比萨斜塔并称为世界三大奇塔。2016年，释迦塔获吉尼斯世界纪录认定，为世界最高的木塔。
                 <w:br/>
                 乘车赴忻州市代县（车程约1.5小时）游览有“九塞尊崇第一关”之称的—【雁门关】（含景交）『参观1小时左右』又名西陉关，与宁武关、偏头关合称为“外三关”是长城上的重要军事防御关隘。“天下九塞，雁门为首”雁门关是历史上著名的古战场。
                 <w:br/>
-                乘车前往太原清徐（车程约3小时），素有“忠义符号”之称【清徐关帝城】『自由参观1小时左右』，作为承载关帝文化与地方历史的重要载体，自带一种独特的厚重与鲜活。红墙黛瓦间藏着千年故事，古柏苍劲中透着岁月沉淀；也是可感可触的 “文化聚落”，无论是漫步其间感受建筑之美，还是探寻关帝精神与当地民俗的交融，都能让人在古今对话中，读懂一份属于清徐的独特记忆。关帝城内目前开设非遗美食，金碧辉煌、巍峨雄壮的关公大殿，殿内有亚洲室内最大的坐像关公，世人尊为财神、守护神，大家拜关公祈福保平安。
-[...1 lines deleted...]
-                晚上特别安排入住潇河新城拉昆塔温德姆酒店，精美的装饰及亮丽的色彩搭配，华贵不失典雅，为宾客打造舒适惬意的温馨家园。
+                后乘车返回太原（车程约2.5小时），抵达后入住酒店。晚上特别安排入住温德姆国际品牌豪华酒店，精美的装饰及亮丽的色彩搭配，华贵不失典雅，为宾客打造舒适惬意的温馨家园。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：应县木塔、雁门关、清徐关帝城
+                景点：应县木塔、雁门关
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">太原：潇河新城拉昆塔温德姆酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">太原：太原拉昆塔温德姆酒店、太原温德姆酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1700,51 +1694,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>