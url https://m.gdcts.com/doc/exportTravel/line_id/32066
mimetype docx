--- v1 (2025-10-25)
+++ v2 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">中旅1号【皇家加勒比•海洋光谱号】香港-东方夏威夷（越南）-香港6天5晚行程单</w:t>
+        <w:t xml:space="preserve">中旅1号【皇家加勒比•海洋光谱号】香港-真美港（越南）-真美港（越南）-香港6天5晚行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -727,51 +727,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                东方夏威夷（越南）(靠港时间：07：00 - 过夜停靠 )
+                真美（越南）(靠港时间：07：00 - 过夜停靠 )
                 <w:br/>
                 “越南会安古镇‌位于越南广南省会安市沿海，距离岘港不远。这个古镇保存了大量的传统建筑和文化遗产，是东南亚传统港口的一个特例，被完好地保存了下来。美溪沙滩曾被福布斯杂志评选为世界六大最美海滩之一。这条长达900米的海滩拥有洁白细软的沙滩和清澈见底的海水，是游客休闲放松的好去处。游客可以在岘港享受海滩休闲、文化探索、美食体验等多种旅游活动。品尝地道的越南美食，如越南春卷、越南河粉等，也是游客不可错过的体验之一。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：以自选岸上游选择为准     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
@@ -805,53 +805,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                东方夏威夷（越南）( 过夜停靠  - 离港时间：18：00  )
-[...1 lines deleted...]
-                越南东方夏威夷 (Da Nang)是越南第三大城市，在欧洲人眼中，是名⽓气可媲美印尼巴厘岛的度假胜地，其水天⼀色的美溪沙滩亦不逊于马尔代夫，有蓝天碧海之外。还有让你发思古之幽情的千年占婆塔古迹以及占婆历史博物馆，探访千年占婆族⽂文化。而被联合国列为文化遗址的会安古镇，置身其中体验都市人久违了的宁静！
+                真美（越南）( 过夜停靠  - 离港时间：18：00  )
+                <w:br/>
+                越南真美港是越南第三大城市，在欧洲人眼中，是名⽓气可媲美印尼巴厘岛的度假胜地，其水天⼀色的美溪沙滩亦不逊于马尔代夫，有蓝天碧海之外。还有让你发思古之幽情的千年占婆塔古迹以及占婆历史博物馆，探访千年占婆族⽂文化。而被联合国列为文化遗址的会安古镇，置身其中体验都市人久违了的宁静！
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：以自选岸上游选择为准     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1133,51 +1133,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、邮轮服务费：内舱、海景、阳台房需支付18.5美金/人/晚，套房每晚需支付21美金/人，具体收费标准以船上公布为准，自行船上支付）； 
                 <w:br/>
                 2、交通：往返登船码头交通费用；
                 <w:br/>
                 3、岸上观光：邮轮抵达后岸上观光游费用（船上报名并支付）；
                 <w:br/>
-                4、越南签证：参考越南电子签证（需提前自行网上申请，约25美元/人），或提前办理个人旅游签证（费用300元/人）；具体待定
+                4、越南签证：越南落地签证（该落地签由船方为旅客办理，费用为49美元/人，统一在船上账单中结算），或提前办理个人旅游签证（费用370元/人）；
                 <w:br/>
                 5、单房差：单人入住船票费200%；
                 <w:br/>
                 6、保险：旅游意外保险(建议购买)；
                 <w:br/>
                 7、其他：价格包含中未注明项目。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1272,178 +1272,129 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">温馨提示</w:t>
+              <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1）若遇不可抗拒因素（如：遇台风等），游轮公司有权改变行程及缩短港口停留时间，由此所产生的损失我司及游轮公司概不负责
-[...1 lines deleted...]
-                2）我社保留根据具体情况更改行程的权利，以上行程仅供参考，请以出发通知行程为准。离港时间仅供参考；
+                1、享受本促销活动的预订：必须保证每一间预订舱房至少一位客人的姓名有相关预订信息，自预订之日起至航次结束保持不变，如有变化，则该舱房不再享受俏销活动政策。
+                <w:br/>
+                2、必须在规定时间内提交客人护照资料（或者中英文名 +性别+出生日期）才能享受品牌特惠；及支付全额团款以申请享受本次促销活动，若名单提交的当天未收到这笔船票款，所有房间不能享受本次促销。
+                <w:br/>
+                3、因游轮船票的特殊性，一经确认不得更改取消，如客人因身体等特殊原因取消，需提交相关证明予游轮公司申请，具体以游轮公司回复为准，取消条款参考如下（最终产生费用以申请为准）：
+                <w:br/>
+                预订之日至前60天前（含第60天）内通知取消，收1500元/人取消损失费；
+                <w:br/>
+                开航前59天至44天前（含第45天）内通知取消，收取总团款的50%；
+                <w:br/>
+                开航前44天至15天前（含第15天）内通知取消，收取团款的70%；
+                <w:br/>
+                开航前14天（含第14天）内通知取消或没有在开航时准时出现，或在开航后以任何理由放弃旅行，其必须支付全部团费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">退改规则</w:t>
+              <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">越南签证：参考越南电子签证（需提前自行网上申请，约25美元/人），或提前办理个人旅游签证（费用300元/人）；具体待定</w:t>
+              <w:t xml:space="preserve">越南签证：签参考价格 49 美金/人（费用以船上为准，费用在船上支付）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1664,51 +1615,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>