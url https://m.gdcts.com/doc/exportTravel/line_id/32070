--- v4 (2026-02-12)
+++ v5 (2026-03-07)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">IS1745739551S4</w:t>
+              <w:t xml:space="preserve">ZQNY-IS1745739551S4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,110 +343,110 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-芽庄：CZ6049 16:00-17:40
-[...1 lines deleted...]
-                芽庄-广州：CZ6050 18:45-22:25
+                广州-芽庄 CZ8475 08:30-10:05
+                <w:br/>
+                芽庄-广州 CZ6050 16:00-19:50
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 优质交通：南方航空 正点航班 广州往返
-[...3 lines deleted...]
-                ★ 优质住宿：4 晚网评四星酒店，地理位置优越，出行方便
+                ★ 优质交通：广州往返 南方航空 正点航班
+                <w:br/>
+                ★ 品质服务：当地中文导游+全程专业领队悉心陪同、照料
+                <w:br/>
+                ★ 优质住宿：4晚连续入住网评四星度假酒店，连住不挪窝，地理位置优越，出行方便
                 <w:br/>
                 ★ 网红升级：特别安排“百蛋泥浆浴主题公园”，体验芽庄特色泥浆浴
                 <w:br/>
                 ★ 优享度假：一天自由活动，睡到自然醒，开启度假模式，自由选择游玩线路
                 <w:br/>
-                ★ 特色美食：夜市打卡，品尝各种越南特色美食，体验簸箕餐、海鲜火锅餐、三宝餐、瓦片烤肉餐、越式风味餐
+                ★ 特色美食：夜市打卡，品尝各种越南特色美食：簸箕餐、海鲜火锅餐、三宝餐、瓦片烤肉餐、越式风味餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,72 +565,70 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-芽庄
                 <w:br/>
-                指定时间于广州白云机场集合，搭乘航班飞往东方马尔代夫之称“芽庄”（飞行时间约 2.5 小
-[...1 lines deleted...]
-                时），抵达后品尝特色晚餐，随后送往酒店休息。
+                指定时间于广州白云机场集合，搭乘航班飞往东方马尔代夫之称“芽庄”（飞行时间约2.5小时），抵达后由导游接机，品尝特色越式午餐，下午出发享受芽庄特色“泥浆浴”【百蛋泥浆浴主题公园】（游览时间约120分钟）位于风景如画的芽庄市 ，这座独特的主题公园以其天然的泥浆浴和温泉体验吸引着无数游客。公园因其众多形似蛋的泥浆浴池而得名，这些浴池分布在郁郁葱葱的热带花园中，为游客提供了一个与大自然亲密接触的机会。泥浆浴以其丰富的矿物质成分而闻名。除了泥浆浴，公园还提供多种温泉体验。温泉水源自地下深处，富含矿物质，温暖舒适，游客可以在不同温度的温泉池中选择适合自己的体验。温泉区设计精美，周围环绕着自然景观。 回到市区前往【芽庄夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：簸箕餐   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：芽庄特色簸箕餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -643,163 +641,163 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
-                酒店享用自助早餐后，出发游览【隆山寺】（游览时间约60分钟）建于19世纪后期，历经修缮后现在仍有很多僧侣在这里修行。寺内的汉字门联、龙纹雕柱等元素都透露着强烈的中国文化气息。龙山寺的吸引人之处在于其后山的白色大佛。爬上后山的150级台阶，就会来到这24米高的大佛前，这里可以俯视芽庄的城市美景。神奇的是，在芽庄市区的任何地方，都能看见这座白色的大佛俯视着苍生。 接着出发前往游览【仙境湾】（游览时间约120分钟）“不求天上人间，只求仙境一天”仙境湾又叫金兰湾，也有人叫它“天堂湾”。它位于芽庄市区以北约60公里外的小海湾，这里享有芽庄最美海滩称号，来到这里的第一感觉就是蓝，天空是湛蓝的，海水似孔雀蓝一般，很耀眼、很纯净，一望无际的白色沙滩，还有成排的椰林，此起彼伏的海浪，风景美如画。途中安排品尝“水果大餐”，品尝各式各样的东南亚热带水果。
+                酒店享用自助早餐后，出发游览【隆山寺】（游览时间约 60 分钟）建于 19 世纪后期 ，历经修缮后现在仍有很多僧侣在这里修行。寺内的汉字门联、龙纹雕柱等元素都透露着强烈的中国文化气息。龙山寺的吸引人之处在于其后山的白色大佛。爬上后山的 150 级台阶 ，就会来到这 24米高的大佛前，这里可以俯视芽庄的城市美景。神奇的是，在芽庄市区的任何地方，都能看见这座白色的大佛俯视着苍生。 接着出发前往游览【仙境湾】（游览时间约 120 分钟） “不求天上人间 ，只求仙境一天”仙境湾又叫金兰湾，也有人叫它“天堂湾”。它位于芽庄市区以北约 60公里外的小海湾，这里享有芽庄最美海滩称号，来到这里的第一感觉就是蓝，天空是湛蓝的，海水似孔雀蓝一般 ，很耀眼、很纯净 ，一望无际的白色沙滩 ，还有成排的椰林 ，此起彼伏的海浪，风景美如画。途中安排品尝“水果大餐” ， 品尝各式各样的东南亚热带水果。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：海鲜火锅餐     晚餐：越式风味餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄阿罗哈酒店(Aloha Hotel Nha Trang) 或 芽庄欢喜旅程酒店(Joy Trip Hotel &amp; Spa Nha Trang)</w:t>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
-                酒店享用自助早餐后，出发游览【芽庄大教堂】（游览时间约40分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。接着前往游览【天依女神庙】 (游览时间约60分钟)当地人又称此庙为婆那加，这里有几栋魏峨的宝塔，据说在7至12世纪此地共有8座宝塔，现只剩4座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。接着出发享受芽庄特色“泥浆浴”【百蛋泥浆浴主题公园】（游览时间约120分钟）位于风景如画的芽庄市，这座独特的主题公园以其天然的泥浆浴和温泉体验吸引着无数游客。公园因其众多形似蛋的泥浆浴池而得名，这些浴池分布在郁郁葱葱的热带花园中，为游客提供了一个与大自然亲密接触的机会。泥浆浴以其丰富的矿物质成分而闻名。除了泥浆浴，公园还提供多种温泉体验。温泉水源自地下深处，富含矿物质，温暖舒适，游客可以在不同温度的温泉池中选择适合自己的体验。温泉区设计精美，周围环绕着自然景观。回到市区前往【芽庄夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。
+                酒店享用自助早餐后，出发游览【芽庄大教堂】（游览时间约60 分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。接着前往游览【天依女神庙】 (游览时间约 60 分钟)当地人又称此庙为婆那加 ，这里有几栋魏峨的宝塔 ，据说在 7 至 12 世纪此地共有 8 座宝塔 ，现只剩 4 座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。接着出发游览【五指岩】（游览时间约 60 分钟）又称钟屿石岬角 ，这里有芽庄少有的花岗岩海岸 ，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一 ，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【冰茶&amp;滴漏咖啡】享受风情。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：瓦片烤肉餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芽庄阿罗哈酒店(Aloha Hotel Nha Trang) 或 芽庄欢喜旅程酒店(Joy Trip Hotel &amp; Spa Nha Trang)</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：三宝餐     晚餐：瓦片烤肉餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -833,110 +831,112 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄阿罗哈酒店(Aloha Hotel Nha Trang) 或 芽庄欢喜旅程酒店(Joy Trip Hotel &amp; Spa Nha Trang)</w:t>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄-广州
                 <w:br/>
-                酒店享用自助早餐后，出发游览【五指岩】（游览时间约60分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。午餐后，于指定时间前往机场办理离境手续，乘飞机飞回广州（飞行时间2小时15分钟），结束愉快的旅程！
+                酒店享用自助早餐后，上午自由活动，自行安排午餐后，于指定时间前往机场办理离境手续，乘坐国际航班返回广州（飞行时间2小时15分钟），结束愉快的旅程！
+                <w:br/>
+                温馨提示：自由活动期间，请注意保管好个人贵重物品及财物。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：三宝餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -985,53 +985,53 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大交通：广州-芽庄，团队经济舱往返机票及税金（不含航司临时通知的涨幅）；
                 <w:br/>
                 交通标准：使用车辆合法旅游运营资质空调车辆，每人确保一正座，车型根据人数而定；
                 <w:br/>
-                酒店标准：4晚网评四星酒店；为标准双人间含每人每天一床位（小孩价不占床位）；
-[...1 lines deleted...]
-                餐饮标准：全程4早餐+5正餐，（标准团队餐标：40元/餐；10 人每桌8 菜一汤，根据实际人数适当调整菜品）；
+                酒店标准：全程入住网评五星酒店；为标准双人间含每人每天一床位（小孩价不占床位）；
+                <w:br/>
+                餐饮标准：全程4早餐/5正餐（标准团队餐标30-40元/餐；10 人每桌8 菜一汤，根据实际人数适当调整菜品）；
                 <w:br/>
                 门票标准：已含行程中景点首道大门票，行程以外不含；
                 <w:br/>
                 导游标准：全程当地中文导游陪同；
                 <w:br/>
                 领队标准：广州起止，全程领队服务(10人起派)；
                 <w:br/>
                 安全标准：旅行社旅游责任险；
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1053,51 +1053,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 越南签证费、服务费、出入境杂费500元/人（报名时跟团费一起收齐）；
                 <w:br/>
                 个人因私护照请自行备妥（交我社签证时需保证半年以上有效期）；
                 <w:br/>
                 自费项目及个人消费（如电话费、酒店干洗费、行李超重费、小费等）；
                 <w:br/>
                 行程中未提及的其他费用（自由活动期间餐费、车费以及导服费）；
                 <w:br/>
-                单房差（如一人使用一间房间则需支付680元/人）；
+                单间差（如一人使用一间房间则需支付RMB600元/人）；
                 <w:br/>
                 凡景区、餐厅、服务站等场所内设有购物店，不属于我社安排的购物店谨慎购买，如购买记得索要发票以免上当受骗；
                 <w:br/>
                 个人旅游意外保险请单独购买；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
@@ -1255,51 +1255,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 560.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 600.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">珍珠乐园一日游+门票+导服+车费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1330,51 +1330,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 480.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 500.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">蚕岛精品游</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1405,51 +1405,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 350.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 400.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1640,51 +1640,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>