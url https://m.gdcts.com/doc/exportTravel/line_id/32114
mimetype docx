--- v0 (2025-12-17)
+++ v1 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【正果老街】增城1天 | 百年老店正果云吞 | 1978创意园电影小镇 | 东西境老街行程单</w:t>
+        <w:t xml:space="preserve">【赏从化桃花节】从化1天 | 任摘任吃牛奶青枣行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250428SP76255013</w:t>
+              <w:t xml:space="preserve">TX-20260210SP29718401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,112 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...9 lines deleted...]
-                具体出发时间、地点以导游通知安排为准请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                出发上车点：
+                <w:br/>
+                09：00纪念堂地铁站C出口
+                <w:br/>
+                09:30白云公园（白云公园地铁C/D出口）
+                <w:br/>
+                跟团游下车点：纪念堂
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ☆游：东西境老街是小楼人家景区的又一颗璀璨明珠
-[...3 lines deleted...]
-                ☆打卡‘你好，李焕英’网红点——1978创意园电影小镇，文艺小青年，摄影爱好者！
+                行程特色：
+                <w:br/>
+                ☆赏：从化锦洞桃花小镇——桃花节
+                <w:br/>
+                ☆亲身体验采摘牛奶青枣或时令水果的乐趣，现场任摘任吃！
+                <w:br/>
+                ★绝不走购物点。真正的纯玩，逍遥自在！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,61 +571,60 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【广州】—【电影小镇】-【正果老街】--【小楼人家】-【广州】
-[...9 lines deleted...]
-                以上行程仅供参考，景点游览顺序、游览时间安排可能会因天气、路况等原因做相应调整，敬请谅解。由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
+                第一天：【广州】—【桃花小镇】-【午餐自理】-【果园】—【返程】
+                <w:br/>
+                于广州指定集中地点出发，沿路接齐各位贵宾后出发，乘车前往从化锦洞【桃花小镇】（大约1.5小时车程）桃花小镇位于从化锦洞锦二村，是最近几年新开发的以桃花为主题的生态小镇，每年1月底-3月正是这里桃花盛开的时候，百亩的桃花花海吸引不少游客过来打卡，(花期因天气原因而变，具体视景区观赏为准，敬请留意，我社不作赔偿）
+                <w:br/>
+                约12：00午餐自理，随后前往【果园】（约40分钟），体验采摘牛奶青枣或时令水果的乐趣，现场任摘任吃，带走可根据果园价格购买（为了游客食用果实安全，请游客采摘根据果园园主指定区域进行采摘活动，爱护果农的劳动成果，如有破坏果树或果品果农要求赔偿的费用由客人自理），后返回广州，结束愉快行程！
+                <w:br/>
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -683,59 +688,59 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...7 lines deleted...]
-                5.购物：无购物；
+                1、交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2、用餐：无
+                <w:br/>
+                3、景点：含景点第一大门票（园中园景点自理）
+                <w:br/>
+                4、导游：提供专业导游服务
+                <w:br/>
+                5、购物点：0购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -814,150 +819,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">备注说明：本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。</w:t>
+              <w:t xml:space="preserve">
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                生态游观光路线须知
-[...52 lines deleted...]
-                20、基于旅游体验的特殊性，若客人在行程中对任何旅游服务质量存有异议，请立即向导游提出，以便旅行社能及时核查及采取补救措施，若客人没有及时提出或擅自解决而导致旅行社错过补救解决机会的，由此产生的扩大损失由客人自行承担。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括：
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -998,51 +995,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>