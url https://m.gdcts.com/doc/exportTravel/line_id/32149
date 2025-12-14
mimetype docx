--- v1 (2025-10-25)
+++ v2 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【全景之旅】尼泊尔9天丨加德满都丨奇特旺丨博卡拉丨蓝毗尼丨加都猴庙丨广州起止行程单</w:t>
+        <w:t xml:space="preserve">【全景之旅】尼泊尔9天丨加德满都丨奇特旺丨博卡拉丨蓝毗尼丨纳加阔特丨广州起止行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">广州市</w:t>
+              <w:t xml:space="preserve">广东省-广州市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -343,51 +343,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—加德满都 参考航班：CZ3067 CANKTM 19：25  22：55（飞行约5个小时45分，时差2小时15分）
+                广州—加德满都 参考航班：CZ3067 CANKTM 19：35  22：55（飞行约5个小时45分，时差2小时15分）
                 <w:br/>
                 加德满都—广州 参考航班：CZ3068  KTMCAN 23:55 0610+1（具体航班时间出票为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -398,79 +398,75 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 品质保证	
                 <w:br/>
                 优选航司：中国南航航空CZ/广州出境（可全国联运）
                 <w:br/>
                 甄选酒店：四星/五星酒店+特色酒店
                 <w:br/>
-                1.加德满都4晚网评四星
-[...4 lines deleted...]
-                <w:br/>
                 品味美食：中式餐+当地特色餐+酒店西式自助餐
                 <w:br/>
-                行程亮点	佛教圣地：佛祖诞生地【蓝毗尼】
-[...19 lines deleted...]
-                特别赠送：巴德岗网红瓦罐酸奶
+                行程亮点	
+                <w:br/>
+                佛教圣地：佛祖诞生地【蓝毗尼】
+                <w:br/>
+                静心修行：【蓝毗尼花园】菩提树下冥想打坐
+                <w:br/>
+                【南摩塔遗址】佛陀八分之一的舍利
+                <w:br/>
+                世界遗产：博大哈大佛塔+加都猴庙+巴德岗/帕坦杜巴广场
+                <w:br/>
+                吉普车进奇特旺国家公园看动物
+                <w:br/>
+                泛独木舟Rapti河上漂流
+                <w:br/>
+                参观原始村庄+欣赏塔奴民族歌舞表演
+                <w:br/>
+                赏喜马拉雅雪山日出，博卡拉费瓦湖游船
+                <w:br/>
+                博卡拉湿婆庙+费瓦湖夜祭
+                <w:br/>
+                欣赏尼泊尔特色舞蹈表演，品尝风味特色餐
+                <w:br/>
+                高端礼遇
                 <w:br/>
                 独家安排：博卡拉参观费瓦胡夜祭/湿婆庙/佛学院（准备点文具等行善布施）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -589,677 +585,688 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—加德满都 参考航班：CZ3067 CANKTM 19：25  22：55（飞行约5个小时45分，时差2小时15分）
+                广州-加德满都 参考航班：CZ3067 CANKTM 19:35 22:55（飞行约5.5小时，时差2小时15分）
                 <w:br/>
                 【上午】当日指定时间（至少提前3小时）前往广州白云机场，乘坐当天航班飞往尼泊尔首都—【加德满都Kathmandu】海拔1370米。（当地时差比北京迟2小时15分），位于尼泊尔的中部谷地，是一座新旧建筑并存的城市，它以精美的建筑艺术、木石雕刻而成为尼泊尔古代文化的象征，有"寺庙之城"、"露天博物馆"之称。
                 <w:br/>
                 【下午】抵达后，由专业导游接机，入住酒店休息。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">加德满都当地四星酒店</w:t>
+              <w:t xml:space="preserve">加德满都网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 加德满都—奇特旺  （车程5-6小时）
                 <w:br/>
                 【上午】早餐后乘车前往奇特旺--亚洲最好的自然保护区——【奇特旺国家公园Chitwan National Park】。奇旺国家公国位于加德满都西南方向120公里的雷普提谷地，占地980平方公里，是尼泊尔第一个国家公园，起初为了保护即将濒临绝种的独角犀牛。现在有50多种哺乳动物，包括鹿、独角犀牛、孟加拉虎、野猪、野象等另外，还有翠鸟、老鹰、夜鹭、犀鸟等525种鸟类。在这里的感觉很像非洲，有丛林、溪流，还有印度象群。
                 <w:br/>
-                【下午】安排欣赏【塔鲁族民族歌舞表演Tharu Stick Dance】， 热情的尼泊尔青年邀请您一起欢快共舞。此舞蹈源于持木棍攻击敌人或嚇阻猛兽，后演变成传统舞蹈，高亢激昂的节奏韵律，颇具文化特色。回酒店休息。
+                【下午】午餐后展开【吉普车Jeep】之旅（请穿素色衣物，保持安静），坐在吉普车上面静静地穿越茂密的丛林，沿途寻觅遇人不惊的野鹿、可爱的猴子、敏捷的野猪、美丽的孔雀等，幸运的您还可以看到亚洲独有的独角犀牛和孟加拉虎。
+                <w:br/>
+                傍晚可以到宽阔的娜普娣畔河（Rapti）河畔，在夕阳之中，欣赏河边美丽的日落。
+                <w:br/>
+                晚上安排欣赏【塔鲁族民族歌舞表演Tharu Stick Dance】， 热情的尼泊尔青年邀请您一起欢快共舞。此舞蹈源于持木棍攻击敌人或嚇阻猛兽，后演变成传统舞蹈，高亢激昂的节奏韵律，颇具文化特色。之后回酒店休息。
+                <w:br/>
+                <w:br/>
+                温馨提示：奇特旺度假村酒店为太阳能供电热水，请晚饭后早点洗漱，太晚洗会出现热水供应不 足情况。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">奇特旺 当地特色酒店</w:t>
+              <w:t xml:space="preserve">奇特旺  网评五星度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奇特旺一天
-[...3 lines deleted...]
-                【下午】午餐后展开【吉普车Jeep】之旅（请穿素色衣物，保持安静），坐在吉普车上面静静地穿越茂密的丛林，沿途寻觅遇人不惊的野鹿、可爱的猴子、敏捷的野猪、美丽的孔雀等，幸运的您还可以看到亚洲独有的独角犀牛和孟加拉虎。之后享用晚餐，回酒店休息。
+                奇特旺-蓝毗尼（车程4-5小时）
+                <w:br/>
+                【上午】酒店享用自助早餐后，清晨往【泛独木舟】，河两岸时有小白鹭、翠鸟、野生孔雀等鸟类露脸，幸运者还可以看到鳄鱼。之后参观【大象保育区】，可看到非常可爱的象宝宝一起玩耍，带给您详和与欢乐。
+                <w:br/>
+                【下午】午餐后驱车前往蓝毗尼，抵达后前往【蓝毗尼景区】（Lumbini世界文化遗产）：游览蓝毗尼花园、摩耶夫人庙、圣池、菩提树可在菩提树下，席地而坐，自行打坐冥想30分钟，净化身心；接着参观阿育王柱、和平圣火。
+                <w:br/>
+                特别安排前往各国寺庙区，参观【中华寺】2000年中国在蓝毗尼建造的中华寺 隆重举行寺院落成、佛像开光、方丈升座庆典，中国佛教界派出百余人组成的佛教代表团前来祝贺 随喜。公元 403 年，中国高僧法显到蓝毗尼。公元 636 年，中国高僧玄奘三藏法师来到此地。
+                <w:br/>
+                之后享用晚餐，回酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">奇特旺 当地特色酒店</w:t>
+              <w:t xml:space="preserve">蓝毗尼 网评五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奇特旺--蓝毗尼  （车程4-5小时）
-[...3 lines deleted...]
-                【下午】抵达后前往【蓝毗尼景区】（Lumbini世界文化遗产）：游览蓝毗尼花园、摩耶夫人庙、圣池、菩提树可在菩提树下，席地而坐，自行打坐冥想30分钟，净化身心；接着参观阿育王柱、和平圣火，以及纪念佛祖兴建的万国寺，参观规模宏伟的中华寺。
+                蓝毗尼-博卡拉（车程4-5小时）
+                <w:br/>
+                【上午】早餐后，出发前往参观【ramagrama南摩塔遗址】 根据佛经记载，当年释迦族保留了佛陀八分之一的舍利，供奉于南摩塔，现在是遗址。
+                <w:br/>
+                【下午】乘车前往有“亚洲瑞士”之称，以自然天成的湖光山色，一派悠闲的自然氛围，彷若人间仙境而吸引世人的度假天堂——博卡拉Pokhara，沿途观赏河谷田园风光。
+                <w:br/>
+                抵达博卡拉后安排【游船之旅Phewa Boating】，泛舟湖上，碧波荡漾，诗情画意，并安排上湖中岛参观【夏克蒂女神庙】,这是博卡拉最重要的标志。
+                <w:br/>
+                之后享用晚餐，之后入住酒店休息。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">蓝毗尼 当地特色酒店</w:t>
+              <w:t xml:space="preserve">博卡拉  网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                蓝毗尼—博卡拉（车程约5-6小时）
-[...5 lines deleted...]
-                抵达博卡拉后享用晚餐，之后入住酒店休息。
+                博卡拉一天
+                <w:br/>
+                【上午】清晨约四点乘车出发（请自备手电筒），前往-【沙郞廓Sarangkot】看日出，返回酒店享用早餐。
+                <w:br/>
+                之后前往【普姆迪科特湿婆庙】Pumdikot Shiva Statue，这里是尼泊尔最大湿婆像印度教寺庙，每天都有来自世界各地的印度教信徒来此朝拜。
+                <w:br/>
+                之后前往博卡拉【帕马萨克亚佛学院】Pema ts'al Sakya，此地为当地佛学
+                <w:br/>
+                当地小僧人从小在这学习生活，可与当地僧人布施（可自行准备一些小礼物  者文具之类）
+                <w:br/>
+                【下午】之后可自由活动，客人可在博卡拉湖边酒吧闲逛购买当地一些手工艺品，享受休闲时光，若时间允许，客人可自费参加滑翔伞。
+                <w:br/>
+                客人可以自行【漫步费瓦湖边区】绵延3-4公里长的小商店自由购物，欣赏
+                <w:br/>
+                博克拉谷地美丽的湖光山色，
+                <w:br/>
+                晚上【免费赠送费瓦胡夜祭】是千百年来恒河流域印度教徒传承的古老的祭祀。融合了印度教文化、仪式音乐和灯火表演，是对恒河女神(Ganga Devi)的致敬，也是祈求净化，庇护和祝福的重要仪式。（此项目为赠送项目，若天气原因或者自身原因不能参加，无费用退还）
+                <w:br/>
+                尽情享受博卡拉这个休闲的度假天堂。之后享用晚餐，晚餐后送回酒店休息。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">博卡拉网评五星酒店</w:t>
+              <w:t xml:space="preserve">博卡拉 网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                博卡拉一天
-[...21 lines deleted...]
-                尽情享受博卡拉这个休闲的度假天堂。之后享用晚餐，晚餐后送回酒店休息。
+                博卡拉-加德满都（车程约7-8小时）
+                <w:br/>
+                【上午】早餐后，驱车前往返回加德满都
+                <w:br/>
+                【下午】抵达加德满都后，前往加德满都的购物区【泰米尔Thamel】，俗称“老外街”自由购物。
+                <w:br/>
+                晚上安排品尝及观赏【尼泊尔歌舞风味餐】，体验尼泊尔风情。之后回酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">博卡拉当地五星酒店</w:t>
+              <w:t xml:space="preserve">加德满都 网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                博卡拉—班迪布尔—加德满都  （车程约7-8小时）
-[...3 lines deleted...]
-                【下午】抵达加德满都后，晚上安排品尝及观赏【尼泊尔歌舞风味餐Nepal meal with Dance】，体验尼泊尔风情。之后回酒店休息。
+                加德满都-纳加阔特 （车程约2小时）
+                <w:br/>
+                【上午】早餐后，乘车前往【巴德岗杜巴广场】。这座古城至今仍保持着中世纪的风格，包括有著名的黄金门、尼泊尔木雕代表作【55扇檀香木窗】、【孔雀窗】、【五层塔】，【女神庙】等，可谓尼泊尔古典艺术的活化石，有着“艺术之城”的美誉。
+                <w:br/>
+                之后安排尼泊尔网红瓦罐酸奶，品尝当地特色小吃。
+                <w:br/>
+                【下午】之后驱车前往加德满都以东 30 公里的美丽的尼瓦尔人村庄【纳加阔特】（海拔2000 米），这里以壮美的喜马拉雅雪山日出、日落而闻名，是著名的喜马拉雅观景台。因为这里是加德 满都山谷观赏喜玛拉雅山脉视角最广且最佳的地方。在这里观赏喜玛拉雅雪山全景，喜马拉 雅雪山就像一条玉带横挂在空中。如果能见度高，还能看到世界第一高峰－珠穆朗玛峰。这 里正对着喜玛拉雅山脉的二十多座 6000 米以上、包括珠珠穆朗玛峰、雅安纳普尔纳山峰、 冈底斯圣山等世界著名雪峰的连绵山丘。（在此可以看到十座世界最高山峰中的五座。
+                <w:br/>
+                傍晚欣赏日落，享用晚餐，享受休闲时光。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">加德满都 网评四星酒店</w:t>
+              <w:t xml:space="preserve">纳加阔特 特色悬崖酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                加德满都—广州 参考航班：CZ3068  KTMCAN 23:55 0610+1（具体航班时间出票为准）
-[...11 lines deleted...]
-                晚餐后于指定时间前往加德满都机场，乘机返回广州白云机场。
+                加德满都-广州 参考航班：CZ3068  KTMCAN 23:55 0610+1（具体航班时间出票为准）
+                <w:br/>
+                【上午】早餐后驱车返回加德满都，前往【帕坦杜巴广场】广场呈长方形，东边是皇宫，塔莱珠女神庙、金庙、曼嘉喷水池等，西边则是造型各异的庙宇，其中最为著名的是黑天神庙、黑天寺、哈里桑卡神庙、毗湿奴神庙、 毗斯瓦纳特神庙等。其建筑艺术也非常高超、精湛，在世界建筑史上占有一席之地，被称为 "露天的博物馆"。
+                <w:br/>
+                开车前往参观世界最大的圆佛塔“【博大哈大佛塔】这是藏传佛教的圣地，俗称“小西藏”。 你可瞻仰尼泊尔特有的大佛眼，这表示佛法无边，无所不见之意。塔基外缘刻有108尊阿弥陀佛的小浮雕，小佛像沾染着红色涂料及戴着黄花。 大佛塔圆穹外围有一些藏传佛寺，色彩斑斓的唐卡、金光灿灿的经轮、浓浓的酥油味、偶尔传来的诵经声，让人恍惚回到了西藏。
+                <w:br/>
+                之后前往参观世界文化遗产—前往始建于2000 多年前的世界上最辉煌的佛教寺庙【斯瓦扬布纳斯庙】，又称“猴庙”“四眼佛塔”，站在山顶上，整个加德满都市区景色尽收眼底
+                <w:br/>
+                【下午】于指定时间前往加德满都机场，乘机返回广州白云机场。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">飞机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1423,55 +1430,55 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ●全程杂费和税金￥1500元/人（与团款一起结清）
                 <w:br/>
-                ●全程单间差￥2000元/人（若产生单人住宿，请补齐单间差，与团款一起结清）
+                ●全程单间差￥2500元/人（若产生单人住宿，请补齐单间差，与团款一起结清）
                 <w:br/>
                 ●小童5-10岁不占床-￥500/人，占床与成人同价
                 <w:br/>
-                ●外籍护照签证和酒店附加费RMB500/人（出团前与团费一起付清）
+                ●台湾和外籍护照签证和酒店附加费RMB500/人（出团前与团费一起付清）
                 <w:br/>
                 ●行程未包含的项目和所有私人所产生的个人费用等
                 <w:br/>
                 ●航空公司临时加收的燃油附加费
                 <w:br/>
                 ●行李物品搬运、保管费
                 <w:br/>
                 ●因不可抗拒的客观原因和非我公司原因（如天灾、战争、罢工等）或航空公司航班延误或取消、我公司有权取消或变更行程，超出费用（住食、交通费、国家航空运价调整等）我公司有权追加差价；
                 <w:br/>
                 ●游客人身意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -1509,51 +1516,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.当前中国交建正在为尼泊尔重修公路，因此路途会比较颠簸，请备好晕车药及零食点心，务必全程系好安全带
+                1.尼泊尔车程较长，道路比较颠簸，请备好晕车药及零食点心，务必全程系好安全带
                 <w:br/>
                 2.自由活动期间请注意安全，外出活动请结伴而行，避免发生意外事情
                 <w:br/>
                 3.旅游期间财物请随身保管，车上不可放贵重物品自由活动期间注意安全，证件请交酒店保险箱寄存
                 <w:br/>
                 4.请务必在规定时间前抵达集合地点，如有迟到者后果自负
                 <w:br/>
                 5.行程中所标明的当地星级标准仅作为我社区分当地无挂星酒店不同标准使用，并非官方或行业星级评定。行程中所用  酒店没有官方公布的星级标准，没有挂星制度。一般而言普遍比国内差1至1.5个档次;非官方网站所公布的酒店星级档次，是属于该网站自己的标准;
                 <w:br/>
                 6.产品供应商为：深圳深华国际旅行社有限公司深圳分公司（可可假期），许可证号：L-GD-CJ00043。此团10人起发团，15人起派领队（10-14人安排送机导游，尼泊尔安排当地中文导游），为保证游客如期出发，我社将与其他旅行社共同委托深圳深华国际旅行社有限公司深圳分公司（可可假期）组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由深圳深华国际旅行社有限公司深圳分公司（可可假期）委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1768,85 +1775,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                加德满都当地四星或同级
-[...33 lines deleted...]
-                And Hotel Ananda inn-www.hotelanandainn.com
+                参考酒店
+                <w:br/>
+                加德满都当地四星：Mahabir Palace/Surya Heritage Hotel/Apex Business Hotel
+                <w:br/>
+                博卡拉当地四星：Hotel Utsab Himalaya/Mount View Resort/Teeka Resort/Hotel Kausi 
+                <w:br/>
+                奇特旺当地五星：Landmark
+                <w:br/>
+                蓝毗尼当地五星：Landmark
+                <w:br/>
+                纳加阔特特色酒店：Hotel Himalayan Glacier/Nagarkot Shangrila resort
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1887,51 +1870,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>