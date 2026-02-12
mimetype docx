--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【水陆空游桂林】桂林阳朔3天游丨安排当地特色漓江啤酒鱼 正宗桂林米粉行程单</w:t>
+        <w:t xml:space="preserve">【闪耀亲群旗袍节】云浮2天丨遇醉美郁南连滩油菜花丨大王山暗香浮动梅花行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250509SP33581791</w:t>
+              <w:t xml:space="preserve">TX-20260206SP10318102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">桂林市</w:t>
+              <w:t xml:space="preserve">云浮市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,112 +345,118 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：（时间仅供参考，实际出发时间以导游通知为准！）
                 <w:br/>
-                07:00番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
-[...1 lines deleted...]
-                08:00流花路中国大酒店对面（越秀公园地铁站C出口）
+                07:30 番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                08:30 越秀区纪念堂地铁C出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                请客人准时到达出发集合地点，过时不候。
-[...1 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天19点前以短信形式通知，敬请留意；如您在出行前一天晚上19点后尚未收到短信，请速来电咨询。
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 8大精华景点一网打尽 ！包含价值198元竹筏游江+冠岩门票！
-[...5 lines deleted...]
-                ★ 含3正2早，食足5餐 ！安排当地特色漓江啤酒鱼+正宗桂林米粉，让您品鉴更多骨子里的味道！
+                行程特色：
+                <w:br/>
+                ★ 闪耀亲群旗袍节 每位女士赠送旗袍一件 
+                <w:br/>
+                ★ 打卡大王山暗香浮动梅花世界 陶醉于缤纷烂漫
+                <w:br/>
+                ★ 漫游连滩千亩金灿灿的油菜花基地 愿你财源广进
+                <w:br/>
+                ★ 品尝郁南当地特色黄皮午餐、黄皮点心餐
+                <w:br/>
+                备注：旗袍报名时需要备注好尺码，颜色随机安排不指定！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,240 +573,169 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发地—桂林
-[...7 lines deleted...]
-                晚上还可以自由选择，自费观看穿越奇幻空间的桂林山水秀【山水间】（自愿自费）让你领略桂林民俗文化和当今流行时尚元素完美融合。
+                第1天：出发地—郁南大王山—午餐—黄皮基地—旗袍表演—晚餐—入住酒店
+                <w:br/>
+                指定地点集合出发前往【云浮】；
+                <w:br/>
+                    乘车前往云浮市郁南【大王山森林公园】，公园的大片梅花开放，陶醉于缤纷烂漫、暗香浮动的梅花世界。每逢寒冬腊月，高洁梅林的梅花凌寒盛开，悄然傲立于枝头，站在梅园当中，暗香浮动，眼下正是赏梅的好时候，一棵棵梅树上挂满白色的花朵，小鸟蝴蝶在花间飞舞，人在树下，如入花海。除了梅花，位于西宁湖旁边的茶花园内的茶花现正盛放，红红火火娇俏鲜艳的茶花挂满枝头，成为公园一道靓丽的风景。近年还对桃花园进行升级改造增种桃花1000多株和梅花300多株，大大增添公园的景观，感受花海花香。
+                <w:br/>
+                    随后前往享用特色【黄皮午餐】；
+                <w:br/>
+                餐后前往郁南【亲群黄皮产业基地】亲群食品的产品销售主要以国内市场为主，严选“郁南特色无核黄皮”为原料，融入产品中，以独特的配方生产出：黄皮饼、黄皮月饼、黄皮酱、黄皮米饼、黄皮沙琪玛、黄皮干、黄皮味两广情河粉等产品，以及莲蓉、豆沙、板栗多款馅料，深受消费者的喜爱，其中蜜汁无核黄皮饼更在2015年获得【郁南县十佳旅游手信】。参加旗袍表演，并免费品尝特色黄皮蜜饯。每位女士赠送旗袍一件，在这里客人尽情走show！不用在意任何人的眼光，你就是全场最闪耀的！
+                <w:br/>
+                注：参加旗袍表演的团队请于报名时备注表演节目名称。表演所需音乐、道具.....等自备。
+                <w:br/>
+                    游玩游毕后，品尝当地特色【黄皮点心餐】（参考餐单：家乡鱼丸粉1碗、黄皮饼、橘红饼、黄皮萨其马各1件），用餐完毕后入住酒店。
+                <w:br/>
+                自费项：注：参加旗袍表演的团队请于报名时备注表演节目名称。表演所需音乐、道具.....等自备。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">郁南当地宾馆（参考酒店：新乐群大酒店）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                桂林--阳朔
-[...5 lines deleted...]
-                乘车前往自费游览天籁之音民族演义美景【蝴蝶泉】（自愿自费）——天籁之音民族演义，您看过岩洞中的天籁、地籁、人籁吗；阳 朔蝴蝶泉景区内奇峰叠彩、洞穴生辉、瀑布飞溅、泉水潺潺、山道盘 旋、曲径通幽，登上南天门的观景台，犹如从天上看人间，十里画廊 美景尽收眼底。晚上可亲临已具三百年历史，名登“世界旅游大典 ”充满外国醉 人情调之【阳朔西街】 。漫步有1400年历史、由青石铺成，集酒吧、 工艺品、风味小吃、中西结合的中华第一街，领略洋人街欧美浪漫情 调。，在这不分国度，没有边界，热情洋溢的西街，您可以感受到浓 郁的异国情调，而浪漫又激情四射的酒吧更能让您流连忘返！
+                第2天：早餐—“江边趁圩“—涟滩油菜花基地—回程
+                <w:br/>
+                睡到自然醒，享受一个不被打扰的早晨，自行前往酒店餐厅享用早餐；
+                <w:br/>
+                自由前往“江边趁圩”，是丰富的农副产品交易市场，种类新鲜齐全！ 
+                <w:br/>
+                后前往【涟滩千亩油菜花基地】，在兰寨村有着一片一千多亩的油菜花基地，在粤西地区乃至整个广东地区都是连遍面积最大的油菜花观光基地。位于兰寨村入口处，正己大道两旁，冬春时节，种满油菜，从绿油油的油菜苗到金灿灿的油菜花，吸引了大批省内外游客前来观光摄影。每年此时，兰寨会举行大型万亩油菜花摄影节。
+                <w:br/>
+                午餐自理，结束两天愉快之旅，返回温馨的家。
+                <w:br/>
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...81 lines deleted...]
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -845,63 +780,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...11 lines deleted...]
-                6.保险：敬请自行购买个人意外保险；
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2.导游：提供专业导游服务
+                <w:br/>
+                3.用餐：全程含2正餐1早1小吃；（早餐均为酒店配套/打包早，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与；）
+                <w:br/>
+                4.门票：景区首道大门票，不含园中园。
+                <w:br/>
+                5.住宿：郁南当地宾馆（参考酒店：新乐群大酒店） 
+                <w:br/>
+                6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -911,385 +844,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
-            </w:r>
-[...333 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1316,51 +914,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1540,51 +1138,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1728,79 +1326,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>