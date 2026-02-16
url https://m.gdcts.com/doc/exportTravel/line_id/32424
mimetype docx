--- v0 (2025-12-13)
+++ v1 (2026-02-16)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【河源叶园+惠州四鼎】河源+深圳+惠州3天丨莲花山公园丨中英街 | 咸香鸡宴行程单</w:t>
+        <w:t xml:space="preserve">【跨越湾区三城记】深圳+中山+珠海纯玩3天丨寻访红色足迹丨食足4餐丨驰名吊水脆肉鲩乳鸽宴丨深圳“小垦丁”-蓝色童话杨梅坑行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250509SP65857720</w:t>
+              <w:t xml:space="preserve">TX-20260206SP65857720</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">惠州市-河源市</w:t>
+              <w:t xml:space="preserve">深圳市-珠海市-中山市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,118 +343,124 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...1 lines deleted...]
-                07:30流花路中国大酒店对面（越秀公园地铁站C出口）
+                出发点：
+                <w:br/>
+                07:30团一大地铁站B出口
                 <w:br/>
                 08:30基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
-                下车点：原上车点下车
-[...3 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                下车点：原上车点
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 无限次浸泡森系温泉68个客家特色温泉池&amp;体验溶洞温泉；
-[...9 lines deleted...]
-                酒店娱乐升级：每团人数最多2组，赠送一间KTV包房或者一副自动麻将！（名额有限，先报先得）
+                ★巨龙横卧伶仃洋 乘车跨越【卧海长龙】深中通道
+                <w:br/>
+                ★深圳悬崖边的蓝色童话-深圳杨梅坑果冻海
+                <w:br/>
+                ★深圳的“山海地质史诗“-大鹏半岛地质公园
+                <w:br/>
+                ★食足4餐 豪叹鹏城海鲜餐 价值￥1288元/围 中山吊水脆肉鲩一鱼百味乳鸽宴 
+                <w:br/>
+                ★珠海浪漫图腾 野狸岛公园吹海风 打卡珠海名片-日月贝大剧院、珠海渔女 
+                <w:br/>
+                ★珠海皇家园林 复刻版北京圆明园-圆明新园
+                <w:br/>
+                ★国父故里，革命起点-孙中山故居纪念馆
+                <w:br/>
+                ★穿越百年骑楼，漫步中山老街-孙文西路步行街
+                <w:br/>
+                娱乐升级：
+                <w:br/>
+                1、每团人数最多1组赠送自动麻将任打！（若遇人数相同 先报先得）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,223 +577,235 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地-中英街 -午餐自理-莲花山公园 -巽寮湾四鼎国际酒店
-[...9 lines deleted...]
-                随后前往【巽寮湾四鼎国际酒店】（车程约1.5小时）入住，惠州巽寮湾四鼎国际酒店位于惠州市惠东县巽寮湾金海湾大道天后宫路口，是一家集客房、休闲、度假、会议为一体的度假型酒店，惠州巽寮湾四鼎国际酒店以其优越的地理位置、完善的设施和贴心的服务，成为游客到巽寮湾休闲度假的上选之处，酒店有提供麻将和KTV玩，人数最多可享有麻将或者KTV，两者选一。
+                广州-大鹏半岛地质公园-深圳杨梅坑-酒店
+                <w:br/>
+                08:30早上指定时间/地点集中出发，前往惠州【大鹏半岛地质公园】（车程约2小时，游览约1小时）深圳大鹏半岛国家地质公园的地质特色是1.45亿年—1.35亿年前晚侏罗世到早白垩世多次火山喷发作用形成的中生代火山地质遗迹和2万—1万年前形成的典型海岸地貌景观。根据地质环境、火山形成方式、岩石类型及与火山机构的关系等，地质公园内中生代火山岩相基本为陆相喷发。喷发方式划分为爆发相、爆发—崩积相、爆发+溢流相、溢流相、侵出相（包括岩流自碎角砾岩相、爆发角砾岩相）、火山通道相、次火山岩相等7个火山岩相。
+                <w:br/>
+                园区内岩石类型多样，包括流纹岩、凝灰岩、集块岩等各种火山作用形成的岩石，是进行火山地质知识科普的天然课堂；沙滩、砾石滩、海蚀崖、海蚀柱、海底珊瑚礁等海岸地貌景观种类齐全、发育完整，是中国典型的岬湾式海岸地貌。大鹏半岛海岸共包括大小沙滩18处。
+                <w:br/>
+                享用午餐：鹏城海鲜餐（10-12人/桌）
+                <w:br/>
+                随后前往【杨梅坑】（游览约2小时）游览最美的溪谷之美称【杨梅坑】（春节旺季节假日期间塞车情况，具体游览时间以当天导游安排为准）位于深圳大鹏新区南澳街道，杨梅坑是一个婚纱摄影的美丽天堂，杨梅坑这里汇聚国内知名婚纱摄影拍摄基地。杨梅坑据称是深圳最美的溪谷。山海辉映，碧水接天。仰而望山，俯而听涛。此杨梅坑游之乐也。是由两条大坑汇合而成。一条是正尾坑，源头在大雁顶与三角山之间；另一条便是大坑湖，源头是七娘山。杨梅坑是婚纱摄影的最佳取景地，经常能看到新娘身穿洁白的婚纱，背对蔚蓝的大海，与新浪互相亲密地依偎着，留下他们人生中美丽的瞬间，无论是探索历史文化还是享受自然美景，这里都能提供难忘的体验。
+                <w:br/>
+                晚餐：自理。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">巽寮湾四鼎国际酒店</w:t>
+              <w:t xml:space="preserve">丽怡酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店自助早-巽寮天后宫-午餐自理-阮啸仙故居--河源叶园温泉度假酒店
-[...11 lines deleted...]
-                晚餐前往餐厅享用【客家咸香鸡宴】
+                酒店简易早餐-深中通道-野狸岛-日月贝-珠海渔女-珠海圆明新园-酒店
+                <w:br/>
+                早上享用酒店简易早餐，约9点退房，途径大湾区“超级工程”【深中通道大桥】（车游）跨越伶仃洋，是粤港澳大湾区的核心通道，是集“桥、岛、隧、水下互通”于一体的世界级集群工程，是珠三角“深莞惠”与“珠中江”两大城市群之间的公路直连通道。深中通道西起中山大桥、东至西人工岛，全桥上跨珠江口伶仃洋海域，总长2826米；全线采用双向八车道高速公路标准建设，设计速度100千米/小时，项目概算总投资约为460亿元。
+                <w:br/>
+                前往【珠海野狸岛】（车程约1.5小时，游览约1.5小时）野狸岛真的是非常的 chill ，沿途吹着海风，还能看到很多白鹭，一路上也有可以拍照的打卡点，白天天气好可以看到大片大片的漫画云，整一个宫崎骏的夏天。
+                <w:br/>
+                随后前往【日月贝-珠海大剧院】（车程约10分钟，游览约30分钟）珠海大剧院建设用地为填海而成，总占地面积约17万平方米，是中国唯一一所建在海岛上的大剧院。珠海歌剧院包括大、小两座剧场，就像是一大一小两组“贝壳”的形体，白天呈现半通透效果，夜晚则像月光一样晶莹剔透。
+                <w:br/>
+                前往【珠海渔女】珠海渔女雕像位于珠海市香洲区情侣中路63号香炉湾畔，建于1982年，高8.7米，重10吨，由70块花岗岩组成，是中国著名雕塑家、广州美术学院教授潘鹤及其子潘奋的杰作。渔女雕像领戴珍珠，双手高擎明珠，形象源自当地爱情传说，是中国首座大型海滨雕塑，开创国内大型海滨雕塑先河。雕像身后是情侣路景观带，与珠海大剧院隔海相望，周边配套建设城市阳台地下停车场、海滨泳场旅游服务中心等人车分流设施。 雕像作为珠海市象征和改革开放标志性建筑，2011年被列为珠海市文物保护单位，是免费开放的旅游景点。
+                <w:br/>
+                午餐-自理。
+                <w:br/>
+                餐后前往【珠海圆明新园】（车程约30分钟，游览约1小时）圆明新园，位于广东省珠海市香洲区兰埔路与白石路交叉路口西侧。1992年10月18日，圆明新园奠基，由清华大学建筑学院资深教授设计，以北京圆明园被焚烧前建筑为原稿，根据特定的地理环境、在不破坏原有生态环境的前提下，按1:1比例选建圆明园四十景中的十八景。1997年春节，圆明新园正式对外开放。 圆明新园占地1.39平方千米，东、西、北三面环山，南面平坦开阔，圆明新园曾经推出过大型主题演出《圆明沧桑》《东方神珠》，千万巨制大型全景式舞蹈史诗《大清王朝》以及国内首部大型电影实景水上表演《大清海战》以及《淇澳风云》等。主要景点有大宫门、正大光明、九州清晏、蓬岛瑶台等。圆明新园是国家首批AAAA旅游景区、广东省爱国主义教育基地、广东省十大旅游景区之一。
+                <w:br/>
+                晚餐-中山吊水脆肉鲩一鱼百味乳鸽宴（10-12人/桌）
+                <w:br/>
+                适时入住酒店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：客家咸香鸡宴   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">丽辰酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐- 午餐自理-返程广州
-[...1 lines deleted...]
-                享用酒店自助早餐，早餐后自由活动。午餐后自由活动，随后退房，三天旅程结束啦，乘车返程回温馨的家，祝大家旅途愉快！！！
+                酒店简易早餐-孙中山故居纪念馆-孙文西路步行街-返程广州
+                <w:br/>
+                早上享用酒店简易早餐，约9点退房，前往【孙中山故居纪念馆】（游览约1.5小时）孙中山故居纪念馆位于广东省中山市翠亨村，是国家一级博物馆和AAAAA级旅游景区，展示了孙中山的生平和革命事迹。该馆成立于1956年，现已成为孙中山故里旅游区的重要组成部分，面积达到20万平方米。
+                <w:br/>
+                游览完毕后前往【孙文西路步行街】（游览约1.5小时）孙文西路古称迎恩街，东起悦来路口中山百货大楼，西至凤鸣路口。路两旁的低层建筑风格是十九世纪末、二十世纪初欧式风格建筑与岭南骑楼建筑的混合，建筑学上称为“南洋风格建筑”，还保存着精湛木雕、灰塑、南洋骑楼等中西合璧建筑物，无论刮风、下雨、日晒，游人顾客均不受天气的影响。骑楼建筑往往几座或十余座毗连一起，形成参差错落的连续界面效果，外观统一。
+                <w:br/>
+                主要景点有人力车铜雕、《小城故事》浮雕、中山商业文化博物馆、思豪大酒店、青年文化广场。
+                <w:br/>
+                这条街有着一百多年的历史，过去是旧城区商业中心地带，店铺林立，繁荣兴旺。
+                <w:br/>
+                午餐-自理。随后返程广州，结束愉快行程。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -855,59 +873,59 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含2早餐1正餐1宵夜（为包含套餐，不用均无费用退）（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）
-[...7 lines deleted...]
-                6、购物：无；
+                2、用餐：含2正2早（早餐、午餐为包含套餐，不用均无费用退）；
+                <w:br/>
+                3、门票：行程所含景点首道大门票（园内园景点门票自理）；
+                <w:br/>
+                4、住宿：1晚深圳舒适酒店+1晚中山舒适酒店（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人必需补房差）；
+                <w:br/>
+                5、服务：含全程优秀导游服务；
+                <w:br/>
+                6、购物：纯玩无购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -987,51 +1005,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1207,51 +1225,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>