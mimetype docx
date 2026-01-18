--- v0 (2025-10-26)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【亲子爆款•古都奇遇记】西安双飞5天丨秦始皇兵马俑丨西安博物院丨秦岭四宝科学公园丨大秦帝国丨西安千古情演出丨长安十二时辰丨穿汉服逛大唐不夜城丨手工制作秦俑丨制作非遗皮影戏行程单</w:t>
+        <w:t xml:space="preserve">【亲子爆款•古都奇遇记】西安双飞4天丨秦始皇兵马俑丨西安博物院丨秦岭四宝科学公园丨秦咸阳宫遗址公园体验考古勘探&amp;挖掘丨大唐不夜城丨西安千古情演出行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">一车一导，22人封顶精品团</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XYMJ-20250515XGD6</w:t>
+              <w:t xml:space="preserve">XYMJ-20251211XGD6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -227,51 +227,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -357,132 +357,124 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-西安MU6955/06:50、HU7838 /12:30不等
-[...1 lines deleted...]
-                西安-广州MMU2311 /19:30、MU6956 /22:30，最终航班以实际出票为准
+                广州-西安MU6955/06:50、ZH9221/09:50、HU7838/12:30不等
+                <w:br/>
+                西安-广州MU2311/19:30、ZH9224/22:00、MU6956/22:30不等，最终航班以实际出票为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★不超22人精品团，0购物0自费演绎推荐0擦边，100%真纯玩
                 <w:br/>
-                ★亲子家庭优选行程：秦岭四宝科学公园（偶遇熊猫）
-[...11 lines deleted...]
-                ★特色美食：地道陕西风味餐，全新升级网红特色餐—唐猫酒肆
+                ★亲子家庭优选行程：
+                <w:br/>
+                偶遇熊猫：秦岭四宝科学公园
+                <w:br/>
+                历史启蒙地：秦始皇兵马俑博物馆+铜车马、西安博物院、秦咸阳宫遗址公园
+                <w:br/>
+                地标打卡：钟鼓楼广场+回民街、大唐不夜城+大雁塔北广场
+                <w:br/>
+                ★超值赠送：价值298元/人《西安千古情演出》
+                <w:br/>
+                ★亲子体验：文字奥秘秦小篆（可以带走），化身小小考古学家：挖掘 “千年宝藏，感受考古勘探与挖掘的乐趣
                 <w:br/>
                 ★品质尊享：
                 <w:br/>
                 ①赠送兵马俑景区耳麦
                 <w:br/>
-                ②大唐不夜城-车接车送，充分保证夜游时间
-[...5 lines deleted...]
-                ⑤16周岁以下孩子赠送陕西研学手册1本 和 熊猫玩偶1个
+                ②16周岁以下孩子赠送陕西研学手册1本 和 熊猫玩偶1个
+                <w:br/>
+                ③大唐不夜城车接车送
+                <w:br/>
+                ④随车配备携带“百宝箱”（晕车贴、创可贴、湿巾、驱蚊水等）一次性雨衣；随车配备雨伞、手机充电宝、自拍杆、数据线（仅供使用，不可带走）
                 <w:br/>
                 ★贴心服务：专车接送 0等待·24小时专车 接送机/接送站
-                <w:br/>
-[...2 lines deleted...]
-                随车配备雨伞、手机充电宝、自拍杆、数据线（仅供使用，不可带走）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -631,454 +623,364 @@
                 1.请至少提前2小时抵达出发机场，自行办理登机手续；请一定留意起飞机场时间；
                 <w:br/>
                 2.抵达西安后工作人员会在机场迎接，请每位游客保证手机畅通
                 <w:br/>
                 3.今日无统一行程安排，建议您在预订时选择早班出发的航班，抵达后可在西安市区内自由活动，次日行程导游会在今晚21:00之前联系您，请注意电话保持畅通，如未收到电话或短信，请联系报名旅行社； 
                 <w:br/>
                 自由活动指南：
                 <w:br/>
                 你还可以前往“柏树林”里的《青曲社》欣赏地方戏、陕派相声、脱口秀等节目！或者结伴同行的亲友相约于“南大街粉巷”里的《德福巷“咖啡茶馆”一条街》，这里“安静、热闹、中式、西式”各类型茶馆一应俱全，选择一家您喜欢的坐下吧，感受下古都丰富的夜生活。
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、如早机抵达客人自由活动，今日全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、航班参考：广州-西安MU6955/06:50、HU6207 /07:25、ZH9221 /09:50、MU2312 /12:15、HU7838 /12:30、MU2302/13:30，最终航班以实际出票为准。
                 <w:br/>
                 6、西安两款住宿标准随心选择：
                 <w:br/>
-                网评3钻版酒店参考：西安广成商旅公寓酒店(大明宫西地铁站店)/云雅智慧酒店（西安西京医院胡家庙地铁站店）/潮洋酒店（西安万寿北路幸福林带店）/H酒店（西安万寿路幸福林带北地铁站店）/堡戈拉蒂酒店(西安火车站五路口地铁站店)/万信至格酒店(西安钟鼓楼永宁门地铁站店) /兰花桦酒店（西安火车站五路口地铁站店） /菲林酒店(西安大雁塔小寨地铁站店)
-[...2 lines deleted...]
-                网评4钻版酒店参考：西安广运潭智选假日酒店 /西安大兴智选假日酒店/西安团结南路智选假日酒店/西安高新科技路智选假日酒店/西安曲江中心智选假日酒店/宜尚PLUS酒店（西安汉城湖世融国际店）/宜尚PLUS酒店(西安大明宫西地铁站店)/宜尚酒店（西安太奥广场白家口地铁站店）或不低于以上标准4钻酒店
+                网评3钻版酒店参考：H酒店（西安万寿路幸福林带北地铁站店）/兰花桦酒店（西安火车站五路口地铁站店）/西安广成商旅公寓酒店(大明宫西地铁站店) /云雅智慧酒店（西安西京医院胡家庙地铁站店）/万信至格酒店(西安钟鼓楼永宁门地铁站店)或不低于以上标准网评3钻酒店
+                <w:br/>
+                <w:br/>
+                网评4钻版酒店参考：西安广运潭智选假日酒店 /西安大兴智选假日酒店/西安团结南路智选假日酒店/西安高新科技路智选假日酒店/宜尚PLUS酒店（西安汉城湖世融国际店）/宜尚PLUS酒店(西安大明宫西地铁站店)/宜尚酒店（西安太奥广场白家口地铁站店）或不低于以上标准4钻酒店
                 <w:br/>
                 交通：飞机+接机一趟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">西安酒店参考（3钻版）：西安广成商旅公寓酒店(大明宫西地铁站店)/云雅智慧酒店（西安西京医院胡家庙地铁站店）/潮洋酒店（西安万寿北路幸福林带店）/H酒店（西安万寿路幸福林带北地铁站店）/堡戈拉蒂酒店(西安火车站五路口地铁站店)/万信至格酒店(西安钟鼓楼永宁门地铁站店) /兰花桦酒店（西安火车站五路口地铁站店） /菲林酒店(西安大雁塔小寨地铁站店)或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">西安酒店参考（3钻版）：H酒店/兰花桦酒店/西安广成商旅公寓酒店/云雅智慧酒店/万信至格酒店或不低于以上标准网评3钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安一地
                 <w:br/>
                 早餐后，导游和司机提前在酒店等待客人，集合出发。
                 <w:br/>
-                参观世界第八大奇迹之一的【秦始皇兵马俑博物馆】（游览约2.5小时，赠送秦始皇兵马俑博物院耳麦和讲解），这里南倚骊山，北临渭水，气势宏伟，是世界上最大的地下军事博物馆，是世界考古历史上伟大的发现之一。同时深度游览兵马俑【丽山园-铜车马】景区在秦始皇帝陵封土西侧20米处被发现，这是两乘大型彩绘铜车马，一前一后放置在一个木椁内。虽然出土的时候已被填土压碎，但原位没有大的变动，车马的构件基本齐全。这是我国考古史上发现早、体形大、保存完整的青铜车马，考古学家对其进行了修复。
-[...3 lines deleted...]
-                而后赠送价值298元大型表演【西安千古情】，它是由世园集团与宋城演艺联合打造的重大文化旅游产业项目，一座长安城，半部中华史，穿越门在此带你开启穿越时空之旅。观演一小时，尽览七千年。（温馨提示：千古情表演导游有权根据预定场次灵活安排，赠送项目不参加费用不退，如因景区限流或者景区关闭则安排《驼铃传奇》或《1212》或《复活的军团》普通席或《大唐女皇》普通席等其他表演，具体由地接社为准）
+                参观世界第八大奇迹之一的【秦始皇兵马俑博物馆】（游览约2.5小时，赠送秦始皇兵马俑博物院耳麦和讲解，不可带走）这里南倚骊山，北临渭水，气势宏伟，是世界上最大的地下军事博物馆，是世界考古历史上最伟大的发现之一。
+                <w:br/>
+                【体验文字奥秘秦小篆】在中国文字中，各个历史时期所形成的各种字体，有着各自鲜明的艺术特征。秦始皇统一六国后，统一文字为小篆，自此之后中国文字更加规范。让孩子们了解祖国文字的变迁，祖国优秀的汉字演变历史，祖国的文化之魂！
+                <w:br/>
+                深度游览兵马俑【丽山园-铜车马】（不含景交15元/人）景区在秦始皇帝陵封土西侧20米处被发现，这是两乘大型彩绘铜车马，一前一后放置在一个木椁内。虽然出土的时候已被填土压碎，但原位没有大的变动，车马的构件基本齐全。这是我国考古史上发现早、体形大、保存完整的青铜车马，考古学家对其进行了修复。  
+                <w:br/>
+                下午赠送价值298元大型表演【《西安千古情》它是由世园集团与宋城演艺联合打造的重大文化旅游产业项目，一座长安城，半部中华史，穿越门在此带你开启穿越时空之旅。观演一小时，尽览七千年。（温馨提示：千古情表演导游有权根据预定场次灵活安排，赠送项目不参加费用不退，如因景区限流或者景区关闭则安排《驼铃传奇》普通席等其他表演，具体由地接社为准）
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、秦始皇兵马俑博物馆内设景区购物场所，非旅行社协议购物店，您可自由进出，如购物请谨慎！
                 <w:br/>
-                2、行程不含秦始皇兵马俑博物馆景区电瓶车（5元/人），建议步行进入景区，如需敬请自理
-[...1 lines deleted...]
-                3、赠送秦始皇兵马俑博物馆耳麦讲解（可使用，不可带走）
+                2、行程不含秦始皇兵马俑博物馆景区电瓶车5元/人；不含铜车马电瓶车15元/人，如需敬请自理
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：秦始皇兵马俑+铜车马、大秦帝国、西安千古情演出
+                景点：秦始皇兵马俑+铜车马、西安千古情演出
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：唐猫酒肆特色餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">西安酒店参考（3钻版）：西安广成商旅公寓酒店(大明宫西地铁站店)/云雅智慧酒店（西安西京医院胡家庙地铁站店）/潮洋酒店（西安万寿北路幸福林带店）/H酒店（西安万寿路幸福林带北地铁站店）/堡戈拉蒂酒店(西安火车站五路口地铁站店)/万信至格酒店(西安钟鼓楼永宁门地铁站店) /兰花桦酒店（西安火车站五路口地铁站店） /菲林酒店(西安大雁塔小寨地铁站店)或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">西安酒店参考（3钻版）：H酒店/兰花桦酒店/西安广成商旅公寓酒店/云雅智慧酒店/万信至格酒店或不低于以上标准网评3钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安一地
                 <w:br/>
                 早餐后，导游和司机提前在酒店等待客人，集合出发。
                 <w:br/>
-                我们来到参观【西安博物院】（游览约1.5小时，不含耳麦和景区内专业讲解）（如遇西安博物馆预约满票或其他不可抗力后调整换成大唐西市博物馆或其他博物馆）。
-[...9 lines deleted...]
-                晚上游览音乐喷泉广场【大雁塔北广场】+【大唐不夜城 】（游览约2小时），小小摄影师（采用积分制，最后由导游统一分发礼品），远观相传唐僧玄奘从印度取经回国后，为了供奉和储藏梵文经典和佛像舍利等物亲自设计并督造建成的西安标志性建筑——大雁塔。【大唐不夜城 】打卡网红拍摄地--不倒翁小姐姐，欣赏真人版不倒翁的表演。【当天结束后您尽量和导游和车一起返回酒店，这边参观游客比较多，您如果自行返回可能不太好打车，如不统一集合回酒店，请自行打车返回】
+                【秦咸阳宫遗址公园】秦咸阳宫作为秦朝的 “政治心脏”，是研究中国古代文明进程的重要坐标，直接印证了秦朝从 “王国” 向 “帝国” 的制度转型。考古发现了许多展现秦人生活的遗物，孩子们可以化身小小考古学家，体验洛阳铲、地层学讲解手铲、刷子体验，学习战国钱币挖掘，在探方中挖掘 “千年宝藏‘’。
+                <w:br/>
+                【秦岭四宝科学公园】（游览约2小时，不含景区代步景交车10元）秦岭四宝科学公园展示的动物有大熊猫、朱鹮、金丝猴、羚牛，以及2020年出生的4只大熊猫幼崽、2019年出生的4只亚成体大熊猫和世界上唯一的一只圈养棕色大熊猫“七仔”。另外，还有小熊猫、黑熊、小麂、斑羚、金雕、猫头鹰、隼、秃鹫、红腹锦鸡、雉鸡等20余种秦岭地区的动物。  
+                <w:br/>
+                 （备注：如因秦岭四宝科学公园景区未开，我社更换为其他景点）  
+                <w:br/>
+                而后游览音乐喷泉广场【大雁塔北广场】+【大唐不夜城 】（游览约2小时）小小摄影师（采用积分制，最后由导游统一分发礼品），远观相传唐僧玄奘从印度取经回国后，为了供奉和储藏梵文经典和佛像舍利等物亲自设计并督造建成的西安标志性建筑——大雁塔。【大唐不夜城 】打卡网红拍摄地--不倒翁小姐姐，欣赏真人版不倒翁的表演。
+                <w:br/>
+                【当天结束后您尽量和导游和车一起返回酒店，这边参观游客比较多，您如果自行返回可能不太好打车，如不统一集合回酒店，请自行打车返回】
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
-                1、大雁塔北广场+大唐不夜城、钟鼓楼广场+回民街，属于开放性景点，主要以自由活动为主，司机、导游不陪同游览。
-[...3 lines deleted...]
-                3、大雁塔北广场+大唐不夜城、钟鼓楼广场+回民街，因市中心交通特殊性，司机根据情况就近停车。
+                1、大雁塔北广场+大唐不夜城 ，属于开放性景点，主要以自由活动为主，司机、导游不陪同游览。
+                <w:br/>
+                2、大雁塔北广场+大唐不夜城、，属于小吃街类型，有很多售卖小吃等场所，可自由自费品尝陕西美食，因市中心交通特殊性，司机根据情况就近停车
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：西安博物院、钟鼓楼广场、回民街、长安十二时辰、大唐不夜城、大雁塔北广场
+                景点：秦咸阳宫遗址公园、秦岭四宝科学公园、大唐不夜城+大雁塔北广场
+                <w:br/>
+                自费项：秦岭四宝科学公园不含景区代步景交车10元
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，如放弃不用费用不退     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，如放弃不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">西安酒店参考（3钻版）：西安广成商旅公寓酒店(大明宫西地铁站店)/云雅智慧酒店（西安西京医院胡家庙地铁站店）/潮洋酒店（西安万寿北路幸福林带店）/H酒店（西安万寿路幸福林带北地铁站店）/堡戈拉蒂酒店(西安火车站五路口地铁站店)/万信至格酒店(西安钟鼓楼永宁门地铁站店) /兰花桦酒店（西安火车站五路口地铁站店） /菲林酒店(西安大雁塔小寨地铁站店)或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">西安酒店参考（3钻版）：H酒店/兰花桦酒店/西安广成商旅公寓酒店/云雅智慧酒店/万信至格酒店或不低于以上标准网评3钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安一地
-[...12 lines deleted...]
-                1、如因秦岭四宝科学公园景区未开，我社更换为秦岭野生动物园或者其他景点
+                西安-广州（飞行约2.5小时）
+                <w:br/>
+                早餐后，我们来到参观【西安博物院】（游览约1.5小时，不含耳麦和景区内专业讲解）（如遇西安博物馆预约满票或其他不可抗力后调整换成张学良公馆或其他博物馆）；
+                <w:br/>
+                后乘车前往西安市中心地标建筑—【回民小吃街+钟鼓楼广场】（游览约90分钟）（不含登钟鼓楼，费用50/人自理）西安仿古一条街回民街，在这里可以品尝到陕西各种小吃。
+                <w:br/>
+                TIPS：钟楼拍照机位：钟楼对面开元商场5楼李宁后门天台，开元商城二楼左拐红色长廊小道，开元商城对面。
+                <w:br/>
+                游览完毕后根据航班时间约定送机，结束全部旅程。
+                <w:br/>
+                备注：如您是晚班机返程，赠送游览1-2个应季盲盒景点（此景点为赠送景点，也没核算成本，不去费用不退）：
+                <w:br/>
+                12月16-31日       中大国际-体验圣诞氛围
+                <w:br/>
+                1月赠送【西安事变纪念馆+止园别墅】
+                <w:br/>
+                2月赠送【环城公园-梅花】
+                <w:br/>
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、钟鼓楼广场+回民街，属于开放性景点，属于小吃街类型主要以自由活动为主，可自由自费品尝陕西美食，司机、导游不陪同游览。
+                <w:br/>
+                2、钟鼓楼广场+回民街，因市中心交通特殊性，司机根据情况就近停车。
+                <w:br/>
+                <w:br/>
+                备注：
+                <w:br/>
+                1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
+                <w:br/>
+                2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
+                <w:br/>
+                3、送团司机会提前一天联系您，飞机提前3小时送，请您注意留意手机短信或电话。
+                <w:br/>
+                4、如因景区通知关闭、景区限流或不可抗力原因无法游览此景点，导游有权协商更换景点或调整行程顺序
+                <w:br/>
+                5、航班信息：西安-广州MU2311/19:30；CZ3218/20:00；CZ3204/21:00；ZH9224/22:00；MU6956/22:30，最终航班以实际出票为准。不得指定航班，如指定航班价格请单询。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：秦岭四宝科学公园、易俗社文化街区、易俗社百年博物馆、中国秦腔艺术博物馆、皮影戏
-[...110 lines deleted...]
-                景点：明城墙、大明宫遗址公园开放区、永兴坊
+                景点：西安博物院、钟鼓楼广场+回民街
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1150,67 +1052,67 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—西安往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：全程当地高档/豪华标准建设双人间。不提供自然单间，西安大部分酒店无法提供三人间或加床，如遇自然单人住1间房，须按提前抵达或延住的房价补付房差。；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：4早2正餐，早餐为酒店赠送（不用不退），常规正餐30元/人+唐猫酒肆特色餐50元/人/正，正餐八菜一汤（如人数不足10人，则菜品数量相应减少；当地特色美食，地道陕味体验；行程中备注不含用餐敬请自理，如因自身原因放弃用餐，则餐费不退） 。 此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                3、用餐：3早3正餐，早餐为酒店赠送（不用不退），常规正餐30元/人+特色餐40元/人/正，正餐八菜一汤（如人数不足10人，则菜品数量相应减少；当地特色美食，地道陕味体验；行程中备注不含用餐敬请自理，如因自身原因放弃用餐，则餐费不退） 。 此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：全程正规营运手续空调旅游车（根据人数用车，保证每人一个正座，30座以下无行李箱），22人封顶（含小孩）；
                 <w:br/>
                 5、导游：当地优秀持证导游服务（不排除部分景区为景区讲解员讲解服务）；接送机场、火车站和自由活动无导游服务；4人起安排优秀正规持证导游+单独司机服务；3人以下（含3人）不提供专职导游服务，由正规持证导游兼司机进行服务。
                 <w:br/>
                 6、门票：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外）。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 温馨提示：五一劳动节期间、十一国庆节期间、春节期间等节假日，如有特殊证件，请报名时提供证件照片并在出发时携带相关证件原件。因大型节假日期间景区门票都需要提前约抢票，如报名时未提供优惠门票等证件，我社默认按照身份证抢门票（也就是全价，则无退费）。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
-                7、儿童：2-11周岁,1.2米以下（包含：往返机票、正餐、车位、导游服务、汉服+妆造、做皮影+木板年画、东线耳麦），其他均不含，超出费用敬请自理。
+                7、儿童：2-11周岁,1.2米以下（包含：往返机票、正餐、车位、导游服务、体验文字奥秘秦小篆 、东线耳麦；），其他均不含，超出费用敬请自理。
                 <w:br/>
                 8、购物点：无
                 <w:br/>
-                温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，海南大部分景点均自设有购物商场，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
+                温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，景区如自设有购物商场，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1230,51 +1132,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（景点门票、西安千古情、大秦帝国等等），产生费用请自付景区或酒店等。超高儿童现场补门票/早餐以景区/酒店规定金额为准。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 8、娱乐项目：部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
                 <w:br/>
-                9、门票优惠情况：65周岁以上退门票优惠183元/人（外籍护照不适用）；16周岁以内退门票优惠120元（须有成人陪同）；
+                9、门票优惠情况：65周岁以上退门票优惠140元/人（外籍护照不适用）；16周岁以内退门票优惠120元（须有成人陪同）；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1304,51 +1206,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 3人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州民间假期国际旅行社有限公司，许可证号：L-GD-103425，质监电话：020-19966271941）。此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州民间假期国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州民间假期国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足3成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、西安地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。西北地区经济发展落后，同星级宾馆酒店规模设施落后江浙地区（例如当地三星酒店相当于发达地区的二星酒店），一些新建的且设施较好的酒店一般位于市区周边，如需额外安排多的被褥，电热毯等，请向酒店工作人员索取。
                 <w:br/>
                 10、购物：西安各处商业街、街道旁会路过特产店、购物店等，游客可自由决定是否游玩参观或购买，导游不推荐、不介绍，个人购物行为与旅行社无关，不接受此类投诉，敬请谅解。提前告知：西安因当地情况特殊，不论何种行程，都默认会在车上售卖陕西土特产，无法避免，敬请谅解。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1578,51 +1480,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>