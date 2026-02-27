--- v0 (2025-12-15)
+++ v1 (2026-02-27)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【钜慧新马】新马双飞6天4晚|精选景点鱼尾狮、双峰塔、圣淘沙、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺|吉隆坡自由打卡夜市|走近历史古城马六甲|酷航行程单</w:t>
+        <w:t xml:space="preserve">【钜慧新马】新马双飞6天4晚|精选景点鱼尾狮、双峰塔、圣淘沙、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺|吉隆坡自由打卡夜市|走近历史古城马六甲|酷航往返行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA17472170696X</w:t>
+              <w:t xml:space="preserve">SA17472170696X-WT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -561,59 +561,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-鱼尾狮公园-滨海湾花园-圣淘沙名胜世界-亚洲最南端吊桥
-[...1 lines deleted...]
-                请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往魅力狮城【新加坡】，开启精彩行程。
+                广州—新加坡-鱼尾狮公园-滨海湾花园-圣淘沙-亚洲最南端吊桥
+                <w:br/>
+                各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往魅力狮城【新加坡】，开启精彩行程。
                 <w:br/>
                 【鱼尾狮公园】（约30分钟），途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
                 【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
                 <w:br/>
-                随后前往新加坡【圣淘沙岛】中的【巴拉湾海滩】（约45分钟）穿过网红吊桥抵达亚洲大陆的最南端，在沙滩边吹海风踢踢水，留下一段不可多得的浪漫回忆，后搭乘小火车到【名胜世界】（自由活动约1.5小时）参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。
+                随后前往新加坡【圣淘沙岛】中的【巴拉湾海滩】（约45分钟）穿过网红吊桥抵达亚洲大陆的最南端，在沙滩边吹海风踢踢水，留下一段不可多得的浪漫回忆，后搭乘小火车到（自由活动约1.5小时）参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -645,51 +645,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 哈芝巷-小印度-马六甲文化巡礼（三宝山、三保井、荷兰红屋、古城楼）
                 <w:br/>
-                当日行程	早餐后，开启今日新行程：
+                早餐后，开启今日新行程：
                 <w:br/>
                 【小印度】（约20分钟）这里是一个印度的缩影，特别是在一些节日，这里都被装点成金碧辉煌的神话世界。
                 <w:br/>
                 【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。哈芝巷内本是曾做仓库的战前老房子，现如今这里有很多的特色的小店，巷子内大面积的壁画也可以让人驻足很久。
                 <w:br/>
                 【新加坡珠宝展览中心】（约45分钟）新加坡珠宝设计享誉全球，其精湛的技艺手法，汇集款式新潮时尚。
                 <w:br/>
                 【新加坡药油百货】（约30分钟）在这里可以找到新加坡著名的药油及鳄鱼油。 
                 <w:br/>
                 午餐后前往马六甲。
                 <w:br/>
                 郑和下西洋所留下的遗迹--【三宝井】和【三宝庙】(约30分钟)(如遇维修,则改为外观);
                 <w:br/>
                 游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -737,78 +737,80 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 国家皇宫-高等法院-独立广场-双峰塔-沙罗马人行天桥-十号胡同-酒店
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
+                【锡器珍宝馆+DIY体验】（约90分钟）在这里你可以亲手制作锡器作为本次旅程的专属个人纪念品，同时还可以到这里是找到马来西亚三大珍宝：植物钻石沉香、品味代表金珍珠红珊瑚、水中珍宝（车渠）等。
+                <w:br/>
                 【吉隆坡市区观光】（约1小时）【国家皇宫】【高等法院】【独立广场】。
                 <w:br/>
                 【吉隆坡双峰塔】（约20分钟）吉隆坡地标合照，最佳合照点合照，不安排登塔。
                 <w:br/>
                 【莎罗马人行天桥】（约30分钟）莎罗马行人天桥以九重葛为主要设计概念，桥身上亦安装四千颗LED灯泡，可发出不同颜色的灯光，在夜晚将随着节日，呈现不同的图案·部分行人天桥的屋顶是利用玻璃片间隔，白天阳光照射至桥身时，其外表将如水晶般闪烁，独特的外型，已成为吉降坡市中心的新地标。
                 <w:br/>
-                【十号胡同】（约1小时）位于Lot 10购物广场的地下，类似大食代的美食广场。出名的原因是因为这个美食广场是由蔡澜先生题字并推荐的，里面都是知名老字号的分店集合，比如何荣记、金莲记、燕记等等，可以吃到各种地道美食，价格也不贵。这里一共有20多家摊位，食客选择丰富。
+                【阿罗夜市】（自由活动1.5小时，晚餐自理）吉隆坡最出名的美食街，这里能吃到地道的叻沙、烧鸡翅、马来沙爹火锅、梅子冰饮等等。
                 <w:br/>
                 游玩完毕后返回吉隆坡酒店入住。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：肉骨茶     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：肉骨茶火锅     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -869,93 +871,91 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：马来风味餐     晚餐：马来风味餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 太子城-粉红清真寺-布城湖-首相署-新加坡-星耀樟宜-广州
                 <w:br/>
                 早餐后，开启今天行程
-                <w:br/>
-                【巧克力DIY体验】（约50分钟）大多数人或许都不知道，其实马来西亚在可可的种植历史非常悠久，所以马来西亚也有自己的巧克力品牌是很高质量的国产巧克力，最重要是价格非常亲民。大家来马来西亚旅游，小编自己非常喜欢可可含量比较高的提拉米苏巧克力，机场到处都可以买到，推荐一定要买几罐回家！
                 <w:br/>
                 【马来土产店】（约50分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
                 <w:br/>
                 【布城】Putrajaya，马来西亚行政首都，Putra是马来西亚国父東姑阿都拉曼太子的姓氏，而jaya是城市的意思，因此又称太子城。布城建城有三大理念，一是神与人、二是人与人、三是人与环境。【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
                 <w:br/>
                 温馨提示：游客可进入参观，但女性游客需在入口右方自行借取罩袍才能進入。
                 <w:br/>
                 【布城湖】（约20分钟）人工湖也是都市规划的一部份，为的是提供这新与都市水源及蓄洪等功能。
                 <w:br/>
                 【首相署】（约15分钟）Pedana Putra，位于路两旁被一棵棵大树包围，排列成一条长长的林阴大道后驱车前往新加坡。
                 <w:br/>
                 【星耀樟宜】（自行游览，不含付费区域门票）星耀的核心景点，目前全世界最高的室内瀑布，滂湃的40米的高空倾泻而下，从建筑的顶端到地底下2楼，像锅炉一样的漩涡，时时激起然然云雾，还不时地变化多端。无论日或夜，都是不可思议的美！（备注：如遇维修不对外开放则取消此项，无费用退还）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1175,53 +1175,53 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1）游客办理个人护照费用、个人消费、小费等其他私人性开支；
                 <w:br/>
                 2）个人旅游意外保险费和航空保险费；
                 <w:br/>
                 3）航空公司临时上涨的燃油税；
                 <w:br/>
                 4）其他未约定支付的费用（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、因不可抗力（如天灾战争罢工等原因）或航空公司航班延误或取消产生的额外用等行程表以外活动项目所需的费用）；
                 <w:br/>
                 5）卫生检疫费、出入境行李的海关税、搬运费、保管费和超重（件）行李托运费；
                 <w:br/>
                 6）酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
-                7）未含马来酒店税10马币/间/晚，当地现付；
-[...1 lines deleted...]
-                8）未含全程服务费人民币380元/人，随团费一同收取。
+                7）未含马来酒店税10-17马币/间/晚，当地现付；
+                <w:br/>
+                8）未含全程服务费人民币500元/人，随团费一同收取。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1496,193 +1496,193 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马来西亚土特产店</w:t>
+              <w:t xml:space="preserve">荣耀大马土产中心</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">巧克力工厂</w:t>
+              <w:t xml:space="preserve">锡器珍宝馆</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -2054,51 +2054,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>