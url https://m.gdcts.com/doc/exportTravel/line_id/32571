--- v1 (2026-02-27)
+++ v2 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【钜慧新马】新马双飞6天4晚|精选景点鱼尾狮、双峰塔、圣淘沙、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺|吉隆坡自由打卡夜市|走近历史古城马六甲|酷航往返行程单</w:t>
+        <w:t xml:space="preserve">【智选新马】新马双飞6天4晚|精选景点鱼尾狮、双峰塔、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺|吉隆坡自由打卡夜市|走近历史古城马六甲|酷航往返行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,102 +343,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-新加坡TR101 10：40-15：00
-[...3 lines deleted...]
-                航班仅供参考，具体以出票为准。
+                广州-吉隆坡 9C6921  0510--0910
+                <w:br/>
+                吉隆坡-广州 9C6922  1010--1455
+                <w:br/>
+                航班仅供参考，含10KG托运，具体以出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【精选景点】鱼尾狮、双峰塔、圣淘沙、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺。
+                【精选景点】鱼尾狮、双峰塔、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺。
                 <w:br/>
                 【美食随行】海南鸡饭、肉骨茶、娘惹餐，吉隆坡自由打卡夜市，美味不可辜负。
                 <w:br/>
                 【独特体验】抵达巴拉湾海滩，打卡亚洲最南端网红吊桥。吉隆坡2座唯美清真寺。
                 <w:br/>
                 【历史之旅】走近历史古城马六甲，倾听每一栋历史遗迹的故事。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -561,78 +561,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-鱼尾狮公园-滨海湾花园-圣淘沙-亚洲最南端吊桥
-[...7 lines deleted...]
-                随后前往新加坡【圣淘沙岛】中的【巴拉湾海滩】（约45分钟）穿过网红吊桥抵达亚洲大陆的最南端，在沙滩边吹海风踢踢水，留下一段不可多得的浪漫回忆，后搭乘小火车到（自由活动约1.5小时）参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。
+                广州—吉隆坡--新加坡亚洲最南端吊桥
+                <w:br/>
+                请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往多元城市【吉隆坡】抵达后前往新加坡游览
+                <w:br/>
+                新加坡【巴拉湾海滩】（约45分钟）穿过网红吊桥抵达亚洲大陆的最南端，在沙滩边吹海风踢踢水，留下一段不可多得的浪漫回忆（自由活动约1.5小时）参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：含     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">新加坡宜必思精品酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -643,86 +639,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                哈芝巷-小印度-马六甲文化巡礼（三宝山、三保井、荷兰红屋、古城楼）
+                珠宝展示馆--南洋药油百货--鱼尾狮公园--滨海湾花园--哈芝巷--马六甲
                 <w:br/>
                 早餐后，开启今日新行程：
                 <w:br/>
-                【小印度】（约20分钟）这里是一个印度的缩影，特别是在一些节日，这里都被装点成金碧辉煌的神话世界。
-[...2 lines deleted...]
-                <w:br/>
                 【新加坡珠宝展览中心】（约45分钟）新加坡珠宝设计享誉全球，其精湛的技艺手法，汇集款式新潮时尚。
                 <w:br/>
                 【新加坡药油百货】（约30分钟）在这里可以找到新加坡著名的药油及鳄鱼油。 
                 <w:br/>
-                午餐后前往马六甲。
-[...3 lines deleted...]
-                游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)。
+                【鱼尾狮公园】（约30分钟），途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
+                <w:br/>
+                【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
+                【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。哈芝巷内本是曾做仓库的战前老房子，现如今这里有很多的特色的小店，巷子内大面积的壁画也可以让人驻足很久
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：海南鸡饭     晚餐：娘惹餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：含     晚餐：含   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">马六甲当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -733,84 +725,90 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                国家皇宫-高等法院-独立广场-双峰塔-沙罗马人行天桥-十号胡同-酒店
+                马六甲文化巡礼--太子城粉红清真寺--首相署--乳胶展示馆--双子塔外观--阿罗街夜市
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【锡器珍宝馆+DIY体验】（约90分钟）在这里你可以亲手制作锡器作为本次旅程的专属个人纪念品，同时还可以到这里是找到马来西亚三大珍宝：植物钻石沉香、品味代表金珍珠红珊瑚、水中珍宝（车渠）等。
-[...5 lines deleted...]
-                【莎罗马人行天桥】（约30分钟）莎罗马行人天桥以九重葛为主要设计概念，桥身上亦安装四千颗LED灯泡，可发出不同颜色的灯光，在夜晚将随着节日，呈现不同的图案·部分行人天桥的屋顶是利用玻璃片间隔，白天阳光照射至桥身时，其外表将如水晶般闪烁，独特的外型，已成为吉降坡市中心的新地标。
+                郑和下西洋所留下的遗迹--【三宝井】和【三宝庙】(约30分钟)(如遇维修,则改为外观);
+                <w:br/>
+                游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)
+                <w:br/>
+                【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
+                <w:br/>
+                温馨提示：游客可进入参观，但女性游客需在入口右方自行借取罩袍才能進入。
+                <w:br/>
+                【布城湖】（约20分钟）人工湖也是都市规划的一部份，为的是提供这新与都市水源及蓄洪等功能。
+                <w:br/>
+                【首相署】（约15分钟）Pedana Putra，位于路两旁被一棵棵大树包围
+                <w:br/>
+                【Comfort LATEX舒适乳胶】（约60分钟）参观马来乳胶中心。
+                <w:br/>
+                【吉隆坡双峰塔外观】（约20分钟）吉隆坡地标合照，最佳合照点合照，不安排登塔。
                 <w:br/>
                 【阿罗夜市】（自由活动1.5小时，晚餐自理）吉隆坡最出名的美食街，这里能吃到地道的叻沙、烧鸡翅、马来沙爹火锅、梅子冰饮等等。
                 <w:br/>
-                游玩完毕后返回吉隆坡酒店入住。
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：肉骨茶火锅     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：含     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -821,84 +819,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                国家清真寺-彩虹阶梯-乌鲁卡利山
+                土特产中心--珍宝馆--国家皇宫-高等法院-独立广场-彩虹阶梯
                 <w:br/>
                 早餐后，开启今天的行程：
                 <w:br/>
-                【Comfort LATEX舒适乳胶】（约60分钟）参观马来乳胶中心。
-[...1 lines deleted...]
-                【国家清真寺】（约30分钟）白蓝的配色，宽敞而明亮的大堂，随处可见的五星印花玻璃，身临此境，似乎伸手就能触摸天地，唯美宁静的场景是随手拍出大片。
+                【马来土产店】（约50分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
+                <w:br/>
+                【锡器珍宝馆+DIY体验】（约90分钟）在这里你可以亲手制作锡器作为本次旅程的专属个人纪念品，同时还可以到这里是找到马来西亚三大珍宝：植物钻石沉香、品味代表金珍珠红珊瑚、水中珍宝（车渠）等。
+                <w:br/>
+                【吉隆坡市区观光】（约1小时）【国家皇宫】【高等法院】【独立广场】。
                 <w:br/>
                 【彩虹阶梯】参观(约1.5小时)，网红打卡地，沿着彩虹阶梯拾级而上，到达充满自然色彩的独特溶洞，洞内内可欣赏奇形怪状的钟乳石荀、石柱等。
                 <w:br/>
                 温馨提示：溶洞附近较多野生猴子，请保管好自己的物品，勿玩耍和喂食猴子，以免被抓伤。
                 <w:br/>
-                前往吉隆坡酒店入住。
-[...2 lines deleted...]
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：马来风味餐     晚餐：马来风味餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：含     晚餐：含   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -909,164 +905,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                太子城-粉红清真寺-布城湖-首相署-新加坡-星耀樟宜-广州
+                酒店--吉隆坡机场--广州
                 <w:br/>
                 早餐后，开启今天行程
                 <w:br/>
-                【马来土产店】（约50分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
-[...9 lines deleted...]
-                【星耀樟宜】（自行游览，不含付费区域门票）星耀的核心景点，目前全世界最高的室内瀑布，滂湃的40米的高空倾泻而下，从建筑的顶端到地底下2楼，像锅炉一样的漩涡，时时激起然然云雾，还不时地变化多端。无论日或夜，都是不可思议的美！（备注：如遇维修不对外开放则取消此项，无费用退还）
+                指定时间前往机场，搭乘航班飞回国内
+                <w:br/>
+                *** 以上行程安排及游览顺序仅供参考，导游可根据当天实际情况进行调整 ***
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：特色围餐     晚餐：X   </w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐/打包便餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -2054,51 +1962,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>