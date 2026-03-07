--- v2 (2025-12-15)
+++ v3 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【潮客风情】潮汕双高5天 | 粵东环线3城1湾1海岛 | 梅州客天下 | 潮州古城 | 南澳岛 | 广济桥 | 潮汕非遗文化 | 南澳网红玻璃桥行程单</w:t>
+        <w:t xml:space="preserve">【潮客风情】潮汕双高5天 |  梅州客天下 | 大环线不走回头路丨探寻客家文化丨潮汕文化行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250516SPYTX250427</w:t>
+              <w:t xml:space="preserve">TX-20260305SP10315847</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,114 +345,110 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 参考车次：（具体出发车次以实际出票为准）
                 <w:br/>
-                去程：广州南站-潮汕站G6301  /08:17-10:44、
+                去程：广州南站-潮汕站G6175 /09:26-12:22
                 <w:br/>
                 回程：潮汕站-广州南站G6327  /14:03-16:27
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【1湾1岛3城】：潮州、汕头、南澳岛+青澳湾、世界客都—梅州
                 <w:br/>
-                【美食文化之旅】：探寻广东两大文化：世界客都文化+潮汕文化！
+                【美食文化之旅】：一程山海，两种风韵，探寻广东两大文化：世界客都文化+潮汕文化！
                 <w:br/>
                 【品质保证】：全程0购物，专车专导，无暗店无擦边，还你纯净旅行品质！
                 <w:br/>
                 【特色美食】：食在广东，味在潮汕，解锁潮汕滋味！探寻潮汕经典美食，舌尖潮汕客家风味！
                 <w:br/>
                 社会餐厅用餐：客家大盆菜、南澳龙虾鲍鱼宴、牛肉火锅沙茶宴；
                 <w:br/>
                 【精华景点】：深度探寻世界客都文化+千年古城+探访神秘纯净南澳岛+玩转新晋网红打卡景点！
-                <w:br/>
-[...2 lines deleted...]
-                梅州维纳斯皇家4钻酒店、汕头升级一晚五钻裕通大酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -633,219 +629,227 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">市区3钻酒店</w:t>
+              <w:t xml:space="preserve">潮州市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 潮州→南澳
                 <w:br/>
                 上午：酒店早餐后开始新一天的游览。
                 <w:br/>
-                游览【泰佛殿】（约40分钟）潮州小泰国、位于韩江大桥东侧，慧如公园对面，是旅泰侨领、大慈善家谢慧如（1913—1996）捐巨资敬建。泰国的寺庙有泰国艺术博物馆的美誉，在名城潮州建成的这座仿泰国云石寺的建筑物，极富泰国特色，重檐多面式屋顶装鱼鳞瓦、封檐板装向上的黄色图形，柱头翘角是龙凤呈祥之意，山墙的装饰、门窗的顶尖形集中了泰国古代的造型艺术，充分体现了雄奇、精巧的异国情调。足不出国就能领略异国风采；对于侨居泰国的潮人更有一番情趣。
+                游览【泰佛殿】潮州小泰国、位于韩江大桥东侧，慧如公园对面，是旅泰侨领、大慈善家谢慧如（1913—1996）捐巨资敬建。泰国的寺庙有泰国艺术博物馆的美誉，在名城潮州建成的这座仿泰国云石寺的建筑物，极富泰国特色，重檐多面式屋顶装鱼鳞瓦、封檐板装向上的黄色图形，柱头翘角是龙凤呈祥之意，山墙的装饰、门窗的顶尖形集中了泰国古代的造型艺术，充分体现了雄奇、精巧的异国情调。足不出国就能领略异国风采；对于侨居泰国的潮人更有一番情趣。
                 <w:br/>
                 游览千年古寨【龙湖古寨】位于广东省潮州市潮安区龙湖镇护堤路旁，地处韩江中下游之滨。面积约1.5平方千米，始创于宋，围寨于明，繁盛于清，见证了潮汕地区从农耕时代到商业时代的历史变迁
                 <w:br/>
                 享用午餐：到潮必吃——【潮州官塘牛肉火锅】
                 <w:br/>
                 一盘盘刚刚切好的新鲜牛肉，筷子一撩滑进漏勺，翻掂几下，迅速捞起在沙茶酱中一滚，入口便是鲜甜到忍不住闭上眼睛的满足感。毫不夸张地说，只要吃过潮汕牛肉火锅的人，即使离开万里，做梦都会惦记这锅红艳艳的牛肉。
                 <w:br/>
                 午餐后浏览【历史文化古城·潮州】（约2小时）潮州是一座拥有1600多年历史的文化古城，潮汕文化是岭南文化的重要组成部分，是中华文化的重要支脉。 潮州是隋代经略台湾的始发地  ，唐代以来是海上丝绸之路的重要门户和对台的通道。
                 <w:br/>
                 【潮州古城·牌坊街】:潮州牌坊街位于古城中心，是集非物质文化遗产、传统工艺、特色小吃等为一体的文化古街。 牌坊街特色建筑是中西合璧的骑楼，矗立的22座中式明清石牌坊与两侧南洋风味的骑楼互为映衬，明末清初引入具有南洋建筑风格的骑楼建筑，形成中西合璧的独特侨乡风貌。牌坊街骑楼的店铺主要围绕潮州非物质文化遗产：潮绣、手拉壶、陶瓷、工夫茶等，以及潮式美食：潮州三宝、牛肉火锅、粿条、甘草水果……在潮州，去一趟牌坊街，就可以了解到潮州古城的前世今生。
                 <w:br/>
                 游览潮州八景之一、潮汕地区著名文物旅游胜地、中国四大古桥之一【湘子桥】（套餐内含），被桥梁专家茅以升誉为“世界上最早的启闭式桥梁”。
                 <w:br/>
                 游览【广济门城楼】，也称“韩江楼”，民间俗称“东门楼”，列潮州城七城楼之首，襟江控岳，护邑镇桥，为名城标志之一。
                 <w:br/>
-                ★独家安排下午茶：【老茶馆体验】（套餐内含）
-[...1 lines deleted...]
-                后前往牌坊街北端的古巷内，隐藏的一座充满怀旧气息的老房——【老茶馆】（含潮剧表演+茶道表演+品潮汕功夫茶+茶点）（约50分钟），来一次心灵与空间的对话，煮茶闻香听琴；茶馆平日语音绕梁，复古精美的摆设器具带您重回旧时光。
+                ★独家安排下午茶：【茶馆体验】（套餐内含）
+                <w:br/>
+                升级打卡：【观潮楼】（套餐已含）：
+                <w:br/>
+                一站式潮汕非遗文化盛宴，领略潮汕文化的静、雅、动、闹四种境界【静·潮汕功夫茶+雅·潮剧风华+动·英歌雄魂+闹·醒狮献瑞】（含门票+茶位费），《静》在茶香氤氲中，学习潮汕工夫茶的冲泡礼仪，学习“关公巡城”、“韩信点兵”的文化讲究，慢时光里品味凤凰单丛的醇厚和回甘。《雅》聆听被誉为“南国鲜花”的潮剧，即便听不懂方言，你也会被那华美的服饰、婉转的唱腔和独特的唱念所吸引，读懂才子佳人故事里的悲欢离合。《动》英歌雄魂，感受来自远古的磅礴气势！中华战舞——英歌舞，集戏剧、舞蹈、武术于一体。舞者们手绘脸谱，手持英歌槌，随着激昂的锣鼓节奏，踏着铿锵的步伐，动作刚劲有力，队形变化无穷，展现出一种力与美的雄浑气魄。《闹》铿锵的锣鼓声中，看威武的醒狮腾挪跳跃，表演点睛、采青等传统套路，这是力量和吉祥的象征，热闹喜庆的潮汕民俗氛围将现场气氛推向最高潮，让人忍不住拍手喝彩。
                 <w:br/>
                 穿越海上巨龙南澳大桥，探访最美岛屿南澳岛
                 <w:br/>
                 钱江湾海滨路这里是中国最美海岸线之一，海天一色，白鹭齐飞，是众多摄影爱好者的聚焦之地。
                 <w:br/>
                 长山尾码头灯塔照亮渔民归途的灯塔，在这里亯手拍一张明信片般的海岸风光。
                 <w:br/>
                 乘车往广东最美丽海岛,被称为“暖冬秘境小岛”“东方夏威夷”的【南澳岛】,途经海上巨龙-【南澳大桥】领略海上奇观,全长约11.08公里；其中桥梁全长9341米，全线采用设计速度60公里/小时的二级公路标准。
                 <w:br/>
-                交通：大巴
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南澳四钻酒店海景房</w:t>
+              <w:t xml:space="preserve">南澳三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南澳→梅州
                 <w:br/>
-                前往【北回归线标志塔】（游览约1小时）它占地面积33亩，长约225米，自西向东，景点依次是前广场，如茵绿草坪和主景点北回归线标志塔。总设计师郑少文融合了天文现象和常识，又叫自然之门。
-[...3 lines deleted...]
-                网红玻璃桥（套餐内含）行走于高空网红玻璃桥之上，脚下是透明的惊险和浩瀚的大海，头顶是无垠的蓝天。于此间享受下午茶，仿佛置身于云海与尘世之间的悬浮梦境。
+                前往【北回归线标志塔】（游览约1小时）它占地面积33亩，长约225米，自西向东，景点依次是前广场，如茵绿草坪和主景点北回归线标志塔。总设计师郑少文融合了天文现象和常识，又叫自然之门；
+                <w:br/>
+                【青澳湾沙滩】广东省著名沐浴海滩之一，金黄柔软的沙湾绵延，坡度平缓，沙质洁净，无礁石无淤泥，海水无陵质无污染。
+                <w:br/>
+                青澳湾“东方夏威夷”，南澳岛最美的海湾，没有之一，这里的海水透蓝、沙质细腻，漫步
+                <w:br/>
+                其中，享受宁静的海滨度假生活。
+                <w:br/>
+                自然之门北回归线的标志建筑，为世界天文、地理学界研究起到重要作用的独有风景，傍晚
+                <w:br/>
+                时分日影横斜，美不胜收。
                 <w:br/>
                 午餐：南澳龙虾鲍鱼宴
                 <w:br/>
                 ★傍晚时分独家安排：【小众旅行体验】（套餐内含）
                 <w:br/>
                 【出海捕鱼 双重捕获流程】 体验为人不知的西线风景，数万亩海上养殖区。
                 <w:br/>
-                参观猎屿岛郑成功练兵池遗址、彩虹海、万亩蚝田+刺网捕鱼+收长城地笼，可互动体验渔民生活
-[...1 lines deleted...]
-                 行程说明：渔船（参观海上渔村鱼排养殖基地），途径彩虹海、万亩蚝田（参观生蚝吊养基地，解说生蚝生长方式） 兜转蚝场 欣赏海上美景时间约30分钟，收长城地笼（捕螃蟹），鱼排垂钓（需自带钓具），鱼排所获海鲜可免费加工+品尝生蚝，每人六个。
+                参观猎屿岛郑成功练兵池遗址、彩虹海、万亩蚝田，收长城地笼，可互动体验渔民生活
+                <w:br/>
+                 行程说明：渔船（参观海上渔村鱼排养殖基地），途径彩虹海、万亩蚝田（参观生蚝吊养基地，解说生蚝生长方式） 兜转蚝场 欣赏海上美景时间约30分钟，收长城地笼（捕螃蟹）。
                 <w:br/>
                 【启航广场】：网红打卡景点、海鸟翱翔，背景就是让天堑变通途的南澳大桥；
                 <w:br/>
                 游览【长山尾灯塔】（游览约30分钟）红色塔身，黄色基底，非常的鲜艳显眼，瞬间穿越到济州岛南澳第一站网红打卡点；南澳的东南方向，灯塔一到夜晚就亮起灯，为出海的渔船指引航港口，安静地屹立在山海交界之处，和周边的环境融成一幅绝美的风景；
                 <w:br/>
                 乘车赴世界客都【梅州】（约2.5小时），梅州既是客家人南迁的最后落脚点，也是明清以来客家人衍播四海的主要出发地，祖籍梅州的华人华侨和港澳台同胞达900多万人，是全国重点侨乡，也是港澳台同胞的重要祖籍地之一，其中台湾500万客家人中就有180万祖籍在梅州。
                 <w:br/>
-                交通：大巴
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -877,163 +881,170 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 梅州→汕头
                 <w:br/>
-                早餐后参观全国百家红色旅游经典景区（周一闭馆）（约1小时），叶剑英是中国伟大的无产阶级革命家、政治家、军事家，中华人民共和国元帅、中国人民解放军的缔造者之一。故居左侧是叶剑英元帅纪念馆，馆名由原杨尚昆亲笔题写。
+                早餐后参观全国百家红色旅游经典景区叶剑英故居（周一闭馆）（约1小时），叶剑英是中国伟大的无产阶级革命家、政治家、军事家，中华人民共和国元帅、中国人民解放军的缔造者之一。故居左侧是叶剑英元帅纪念馆，馆名由原杨尚昆亲笔题写。
                 <w:br/>
                 【梅州客天下】国家AAAA级旅游景区(套餐内含）梅州市文旅标杆项目，接待游客量和口碑常年位居同城第一。2024年4月，梅州客天下旅游区通过广东文旅厅审定，成为本年度全省唯一代表，报送至国家文旅部，全力创建国家级旅游度假区。沉浸式感受世界都文化魅力。由”十大文化工程”和“五大景区”组成。客家鼎，客家赋，百米客家迁移图，印象客都，客家祠，客天下巨石，客家小镇，满满客家味，展现出“客家大美，文化大美，山水大美”和谐统一的景象，让您尽情领略一把客家文化。
                 <w:br/>
                 午餐享用到客家独有——梅州大盆菜
                 <w:br/>
                 驱车前程百年商埠——汕头
                 <w:br/>
-                行走汕头小公园，探寻汕头老城的百年历史。先有小公园，后有汕头。到汕头，最不容错过的就是小公园，这里见证了整个20年代流金岁月。旧城胜迹，繁华不改，骑楼整齐排列，小店里常常隐藏着不少的惊喜。小公园的核心区域是“中山纨念亭”，这里是汕头最热闹的地段，汕头开埠的核心地标，是汕头老城癿核心地域和文化标志，是大陆最大规模的民国建筑群，这里诞生了很多荣耀和希望。
+                行走汕头小公园，探寻汕头老城的百年历史
+                <w:br/>
+                先有小公园，后有汕头。到汕头，最不容错过的就是小公园，这里见证了整个20年代流金岁月。旧城胜迹，繁华不改，骑楼整齐排列，小店里常常隐藏着不少的惊喜。
+                <w:br/>
+                小公园的核心区域是“中山纨念亭”，这里是汕头最热闹的地段，汕头开埠的核心地标，是汕头老城癿核心地域和文化标志，是大陆最大规模的民国建筑群，这里诞生了很多荣耀和希望。
                 <w:br/>
                 游览【石炮台公园】（游览约40分钟）：汕头石炮台构筑奇巧，是古代军事设施，石炮台公园是在崎碌炮台原址上扩建的一个园林式公园，总面积58000平方米。
                 <w:br/>
                 后乘车前往【汕头小公园】（游览约1小时）‘华人春节联欢晚会分会场’，汕头市“百载商埠”的历史见证，其基本仿造巴黎街区样式的独具一格的环形放射状路网结构、中西合璧的骑楼建筑群，是富有魅力的城市个性和地方文化的重要遗产。2020年10月13日，习总书记也来到此地考察调研，小公园的潮汕文化、海洋文化、华侨文化、商业文化、建筑文化在这里融合汇聚、相得益彰，修复活化这片“精神家园”成为众多潮人共同的梦想，百载商埠重现迷人风采！晚上灯火阑珊，让人仿佛置身于“上海的外滩”。
                 <w:br/>
                 打卡龙眼南路美食街，自由活动2小时用餐，后返回酒店入住!
                 <w:br/>
                 【龙眼南路及周边美食推荐篇】：
                 <w:br/>
                 【桂园白粥】：汕头网红白粥夜宵TOP1!环境很接第气，食材也是让人垂涎欲滴！
                 <w:br/>
                 【长平老姿娘大排档】：生腌海鲜必不可少，海鲜粥和卤水是刚到汕头可以尝试的首选！
                 <w:br/>
                 【小吴肠粉】：2020年汕头必吃榜，皮薄馅厚，滋味浓厚！
                 <w:br/>
                 【阿群甘草水果】：吃饱喝足来一份撒上甘草、梅汁、琳琅满目各式南国水果！
                 <w:br/>
                 【富苑潮汕菜】：2020汕头江河海鲜热门榜第一名，中国名菜“福苑隆江猪脚”和“福苑鱼饭”的发源！
                 <w:br/>
                 【潮香隆江猪脚饭】：猪脚超级软烂，入口即化，您可以选择半肥半瘦或者是全瘦，个人推荐半肥半瘦，肥肉不腻，瘦肉不柴，还特香！
                 <w:br/>
                 【老胡牛肉粿】：始于1985年，传承了2代人的老牌粿条店，分为干粿和汤粿，配上有灵魂的牛肉，很赞！
                 <w:br/>
-                交通：大巴
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">汕头五钻或市区豪华四钻</w:t>
+              <w:t xml:space="preserve">汕头三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 汕头→出发地
                 <w:br/>
                 享用早餐
                 <w:br/>
                 ●自由活动，适时根据游客返程时间，送往潮汕动车站，结束此次潮汕愉悦之旅！
                 <w:br/>
                 ●温馨提示：当日请于12：00前安排退房，返程送站安排专车，大交通时间无特殊限定。
+                <w:br/>
+                <w:br/>
+                ****************祝您旅途愉快*********************
                 <w:br/>
                 交通：高铁
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1099,77 +1110,86 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                成人价格：1599元/人 
+                <w:br/>
+                儿童6-14岁：1199元/人（不占床、含动车半票）
+                <w:br/>
+                小童6周岁以下：999元/人（不占床、不含动车半票）
+                <w:br/>
+                单人补房差：280元/人、退房差180元/人（含早）
+                <w:br/>
+                ★必消大礼包套餐398元/人（大小同价、产生优惠现退）
+                <w:br/>
+                <w:br/>
+                费用包含
+                <w:br/>
                 【大交通】广州往返潮汕站高铁二等座票；
                 <w:br/>
                 【交通】当地正规空调旅游车，保证一人一正座。
                 <w:br/>
                 【住宿】
                 <w:br/>
-                D1潮州西尔蒙、兰桂坊、路特斯、东方花园等同级酒店
-[...5 lines deleted...]
-                D4汕头精选五钻裕通大酒店或市区豪华四钻
+                D1潮州三钻：西尔蒙、汉庭、青柠、宜必思、路特斯、东方花园等同级酒店
+                <w:br/>
+                D2南澳三钻世纪海景，蓝帆，半岛假日等同级酒店
+                <w:br/>
+                D3梅州四钻华美达、维纳斯等同级酒店
+                <w:br/>
+                D4汕头三钻：华侨大厦，皇格大酒店，声乐大酒店等同级酒店
                 <w:br/>
                 【用餐】4早3正。潮汕牛肉火锅沙茶宴、南澳龙虾鲍鱼宴、客家大盆菜；（不用餐不退；8人以下现退餐）
                 <w:br/>
-                【门票】行程内所含景点首道大门票（如所含景点有享受优待票的，均按旅游团队协议价退还差价
-[...3 lines deleted...]
-                【导游】全程导游讲解服务；（10人以上安排导游不足将安排司兼旅游管家）
+                【门票】行程内所含景点首道大门票（因我社门票是当地采购的优惠打包价，已低于各类优惠卡金额，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策 ，无费用可退 ，不受理任何优惠门票退费申请。 由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。）
+                <w:br/>
+                【导游】全程导游讲解服务；（10人以上安排导游不足将安排司兼导）
                 <w:br/>
                 【保险】旅行社责任保险；不含旅游意外险。
                 <w:br/>
-                【购物】无购物。
-[...1 lines deleted...]
-                【儿童包含】：仅含高铁票半票、车位、导服、餐，如产生其他费用自理。不含景点门票，不占床。
+                【购物】纯玩，无购物。
                 <w:br/>
                 【备注】以上行程顺序供参考，具体行程顺序以实际安排接待为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1181,56 +1201,271 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、全程不提供自然单房差、产生自然单房差费用客人自理。
                 <w:br/>
                 2、不含行程景点内的小交通、私人消费（如自由活动期间的用车、用餐及导游服务；酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等超行程的费用）。
                 <w:br/>
                 3、因交通延阻、罢工、天气、飞机故障、航班取消或更改时间等不可抗力原因导致的额外费用；因滞留造成的食宿费用，增加的返航费用。
                 <w:br/>
-                4、儿童报名：仅含高铁票半票、车位、导服、餐，如产生其他费用自理。不含景点门票，不占床。
+                4、儿童报名：仅含车位、导服、半餐、不占床不含早，产生其他费用自理。
                 <w:br/>
                 5、景区内小交通、海上娱乐项目或夜场演绎等均不作为旅游景点。
-                <w:br/>
-                友情提示：年龄超过70周岁的客人必须有年轻的家人陪同，同时需要出示健康证明书以及签订免责书。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">必消大礼包</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                ★必消大礼包套餐398元/人（大小同价、产生优惠现退）
+                <w:br/>
+                （报名既认可此费用，请在报名时一起交，或在当地交给导游，谢谢! ）
+                <w:br/>
+                礼包1：梅州客天下——世界上最大的客家文化生态旅游产园之一；
+                <w:br/>
+                礼包2：放渔网捕鱼+收长城地笼；
+                <w:br/>
+                礼包3：南澳岛出海捕鱼·双重捕获流程，参观彩虹海、万亩蚝田；
+                <w:br/>
+                礼包4：品生蚝、收获的海鲜加工、互动体验渔民生活；
+                <w:br/>
+                礼包5：南澳海岛盛宴——龙虾鲍鱼餐
+                <w:br/>
+                礼包6：潮汕非遗文化——观潮楼
+                <w:br/>
+                （含功夫茶+英歌舞或潮汕醒狮+潮剧表演+潮汕茶点）；
+                <w:br/>
+                礼包7：潮州登上四大古城桥—广济桥；
+                <w:br/>
+                礼包8：潮州古城电瓶接驳车；
+                <w:br/>
+                特别安排三大下午茶：潮州功夫茶+茶点，南澳三珍，潮汕嫁女饼
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 398.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1327,52 +1562,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                温馨提示：
-                <w:br/>
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1396,50 +1629,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                注意事项：
+                <w:br/>
+                1、【行程调整】行程中所约定的游览项目不得擅自减少。在不减少行程的情况下可做先后顺序的调整；以保证游览平安顺畅为准则！
+                <w:br/>
+                2、【脱团、离团】旅游者在旅程中未经组团社、地接社同意自行离团不归的，视为旅游者单方【脱团、离团】，因此而解除合同，不得要求组团社、地接社退还旅游费用。如给后两者造成损失，旅游者应承担赔偿责任；行程所含门票指进入景区的首道门票，不包括该景区内电瓶车或景区内其他另行付费景点门票。行程中所含的所有景点门票已按景点折扣门票核算，故客人持有军官证、残疾证、老年证等优惠证件及其他特殊身份人士，则无退还。如遇人力不可抗拒因素或政策性调整导致无法游览的景点，我社有权取消或更换为其它等价景点，赠送景点费用不退，并有权将景点及住宿顺序做相应调整；
+                <w:br/>
+                特别提示：特惠行程，请勿脱团，如由个人原因离团，我社有权终止服务，费用一律不退；并请游客离团前支付离团费。
+                <w:br/>
+                3、【赠送】行程中的赠送项目和物品，由地接方免费提供，并拥有最终解析权；
+                <w:br/>
+                【赠送】行程中赠送潮州古城航拍如遇特殊天气则取消，不做赔偿；
+                <w:br/>
+                4、【服务投诉】双方的服务质量纠纷以客人所填写的意见书上为依据并协商解决。
+                <w:br/>
+                5、【双方纠纷】双方就履行本合同发生纠纷通过协商解决不成的，可依法向地接社所在地的人民法院起诉
+                <w:br/>
+                6、接待过程中，因不可抗力因素造成的额外费用，旅客自行负责。
+                <w:br/>
+                <w:br/>
                 ★必消大礼包套餐398元/人（大小同价、产生优惠现退）
                 <w:br/>
                 （报名既认可此费用，请在出发前与团费一起交齐，谢谢! 如有产生优惠现场退费！）
                 <w:br/>
                 礼包1：梅州客天下——世界上最大的客家文化生态旅游产园之一；
                 <w:br/>
                 礼包2：放渔网捕鱼+收长城地笼；
                 <w:br/>
                 礼包3：南澳岛出海捕鱼·双重捕获流程，参观彩虹海、万亩蚝田；
                 <w:br/>
                 礼包4：品生蚝、收获的海鲜加工、互动体验渔民生活；
                 <w:br/>
                 礼包5：南澳网红玻璃桥，换个角度看美景，换个角度看世界。
                 <w:br/>
                 礼包6：潮汕非遗文化——老茶馆（含功夫茶+茶道表演+潮剧表演+潮汕茶点）；
                 <w:br/>
                 礼包7：潮州登上四大古城桥—广济桥；
                 <w:br/>
                 礼包8：潮州古城电瓶接驳车；
                 <w:br/>
                 特别赠送三大下午茶：南澳海底燕窝海石花，潮州鸭母捻，汕头甘草水果
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1501,51 +1753,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1689,50 +1941,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>