--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -345,53 +345,53 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
-                8:00越秀公园地铁站C出口
-[...1 lines deleted...]
-                9:00番禺钻汇广场东门（集中时间地点如有变动按导游通知为准，不备注默认越秀公园上车点）
+                8:00 烈士陵园地铁D出口
+                <w:br/>
+                9:00番禺钻汇广场东门（市桥地铁C出口）（集中时间地点如有变动按导游通知为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -559,59 +559,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州—开平天下粮仓—午餐—赤坎古镇—入住酒店（晚餐自理）
                 <w:br/>
-                8:00越秀公园地铁站C出口/9:00番禺钻汇广场东门（集中时间地点如有变动按导游通知为准，不备注默认越秀公园上车点）
-[...1 lines deleted...]
-                乘车前往【塘口天下粮仓】“蒙古包式样”粮仓和粮食加工车间、宿舍楼、办公大楼和旧农机站等组成。粮仓选用古代的建材、以传统的手工艺造成，仅百年以上的青砖就用了100多万块，所有生产工具、生活用品无一不是原汁原味的旧物。
+                8:00烈士陵园地铁站D出口/9:00番禺钻汇广场（市桥地铁C出口（集中时间地点如有变动按导游通知为准，不备注默认烈士陵园上车点），乘车前往【塘口天下粮仓】（游览约1小时）“蒙古包式样”粮仓和粮食加工车间、宿舍楼、办公大楼和旧农机站等组成。
                 <w:br/>
                 午餐后前往【赤坎古镇侨乡国际旅游度假区】（已含景区大门票），办理入住酒店后自由活动，轻松打卡明星同款场景！可深度慢游这个“中国历史文化名镇”，景区内还有精彩的表演活动：粤韵风华、国潮醒狮、艺术展、live秀、音乐水舞秀、河灯、龙舟、和平鸽、cosplay、露天电影等，感受赤坎古镇繁华的日与夜。晚餐自理，夜赏震撼烟花+打铁花表演，一定不能错过！（备注：景区赠送的项目、举办的活动，如因景区当天实际情况有项目维修或养护或其他原因，导致取消或不能提供服务，旅行社不属违约，请知悉！）
-                <w:br/>
-[...2 lines deleted...]
-                【赤坎古镇侨乡国际旅游度假区】：广东赤坎古镇侨乡国际旅游度假区，以历史骑楼街区作为核心，打造集观光游览、休闲度假、商务会展、文化创意、和古镇体验功能为一体的综合休闲旅游度假区、世界级旅游目的地。度假区总规划面积约120万平方米，坚持在保护的基础上进行活化利用，以历史场景为脉络，形成古镇集华侨历史文化、商业综合、舒适休闲度假和独特的岭南骑楼建筑景观的聚集带，一河两岸独特的中西合璧建筑魅力，融入古镇繁荣的市井生活方式，为游客带来穿越时空的超凡体验。赤坎华侨古镇位于开平市西南部，有着370多年开埠建墟的历史，保留着600多座骑楼，是全国规模最大、界面最连续、保存最完整的侨乡古骑楼建筑群，2007年5月31日，赤坎镇成为第三批“中国历史文化名镇”。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -643,55 +637,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 早餐—赤坎古镇—启明里—三十三墟街—广州（午餐包含，晚餐不含）
                 <w:br/>
-                早餐后，于指定时间退房，乘车前往【启明里】【三十三墟街】，位于长堤历史街区东段，其房屋外观在传统岭南民居风格的基础上，并带有西方的圆柱、拱券等元素，是江门现存较早、保留较好、成规模的侨居历史起源点。作为百年侨村，启明里有着深厚的历史文化积淀，更有中西合璧的侨乡建筑特色风貌。因此，启明里按照“一巷一特色”，打造出铜虾巷、葵扇巷等精品小街巷；按照“一屋一故事”，挖掘、讲述启明楼、黄金屋等侨屋故事。【三十三墟街】是江门的老骑楼，三十三墟街并不是一个具体的街道名字，而是墟顶街、堤中街、常安路、莲平路、兴宁路、北街等数条历史街道的统称。特别是《狂飙》12集最后几分钟，张颂文和张译偶遇的街巷口，就是在三十三墟街的巷口（兴宁街），高启强和弟弟去找大嫂时带高晓晨在玩的游乐园都在三十三墟街。
+                早餐后，于指定时间退房，乘车前往【启明里】【三十三墟街】（游览约1小时），位于长堤历史街区东段，其房屋外观在传统岭南民居风格的基础上，并带有西方的圆柱、拱券等元素，是江门现存较早、保留较好、成规模的侨居历史起源点。
                 <w:br/>
                 游览结束后乘车返回广州，结束愉快的旅程！
                 <w:br/>
-                行程时间仅供参考，因当天出团日期未能意料是否交通畅通，旅行社将有权在当天调整行程景点顺序。
+                行程时间仅供参考，因当天出团日期未能意料是否交通畅通，旅行社将有权在当天调整行程景点顺序.
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -757,51 +751,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：按实际人数安排旅游大巴，保证一人一正位。
                 <w:br/>
-                2.住宿：开平赤坎古镇荣安旅店双床房1晚（房型随机安排，或不低于以上档次的住宿），没有三人房，若出现单男单女，请在出发前自补房差；。
+                2.住宿：开平赤坎古镇荣安旅店双床房1晚（房型随机安排，或不低于以上档次的住宿），没有三人房，若出现单男单女，请在出发前自补房差。
                 <w:br/>
                 3.用餐：含2正1早，用餐是套餐包含内容，不吃不退，请知悉！
                 <w:br/>
                 4.儿童：含单车位，其他费用自理。
                 <w:br/>
                 5.导游服务。
                 <w:br/>
                 此行程为旅行社综合包价产品，若持学生证、军官证等有效证件享受门票优惠的，不享受任何优惠，敬请谅解。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -813,51 +807,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                不含费用已含中没有提及的项目，以及个人其他消费，景区内自设的购物商铺、娱乐等项目，属于旅游者个人消费行为，如产生纠纷或损失，本社不承担责任。
+                二.不含费用已含中没有提及的项目，以及个人其他消费，景区内自设的购物商铺、娱乐等项目，属于旅游者个人消费行为，如产生纠纷或损失，本社不承担责任。
                 <w:br/>
                 1.个人购物、娱乐等消费。 
                 <w:br/>
                 2.因交通延误、取消等意外事件或不可抗力原因导致的额外费用，及个人所产生的费用等。 
                 <w:br/>
                 3.旅游意外保险；因旅游者违约、自身过错、自身疾病，导致的人身财产损失而额外支付的费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1062,51 +1056,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>