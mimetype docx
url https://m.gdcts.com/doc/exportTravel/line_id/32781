--- v0 (2025-12-15)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【畅玩环球】新加坡马来西亚五天四晚丨广州往返丨南方航空丨星耀樟宜丨环球影城丨滨海湾花园行程单</w:t>
+        <w:t xml:space="preserve">【畅玩环球】新加坡马来西亚六天四晚丨广州往返丨新加坡酷航丨太子城广场行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SACWHW-8-10</w:t>
+              <w:t xml:space="preserve">ZC-SACWHW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,106 +343,108 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                TR101  广州-新加坡1040-1500
-[...1 lines deleted...]
-                AK116  吉隆坡-广州1635-2055
+                参考航班：TR101  1040-1500
+                <w:br/>
+                参考航班：TR100 0530-0930
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【优质客机】不走回头路，为您节省7小时路程
-[...5 lines deleted...]
-                【舒适住宿】4晚网评四钻酒店
+                【优质客机】甄选新加坡酷航，正点直航新加坡
+                <w:br/>
+                【经典打卡】新加坡滨海湾户外广场、马来西亚太子城广场、水上清真寺、双峰塔外观
+                <w:br/>
+                【畅玩乐园】环球影城 或 蜡像馆+海洋生态馆（门票二选一）
+                <w:br/>
+                【特色美食】新加坡海南鸡饭、马来西亚古早肉骨茶、咖喱面包鸡、鲜味奶油虾、古城鸡饭粒
+                <w:br/>
+                【舒适住宿】全程2晚网评四钻+升级2晚吉隆坡万豪旗下国际五星酒店
                 <w:br/>
                 【视觉盛宴】新加坡机场星耀樟宜
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -567,56 +569,53 @@
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 - 新加坡
                 <w:br/>
                 请提前3小时自到机场集中办理登机手续，乘搭国际航班飞抵著名的花园城市--【新加坡】。
                 <w:br/>
                 【星耀樟宜】（约30分钟）坐落于樟宜机场的核心位置，由国际知名建筑师萨夫迪（Moshe Safdie）设计建造，由玻璃与钢材构成的独特圆形外观，使其成为樟宜机场区域内最具代表性的地标建筑（备注：如遇飞机停靠在T2、T3、T4航站楼，或景点维护保养不对外开放，则取消此项，无费用退）。
                 <w:br/>
-                后乘车前往著名的【鱼尾狮公园】（约60分钟），鱼尾狮像就坐落于新加坡河畔，是新加坡的标志和象征新加坡的标志性景点之一。代表新加坡形象的鱼尾狮吐出强劲有力的水柱。因为临河临海，微风徐徐，在公园里散步也是非常惬意的。公园周围地带的其它新加坡著名的地标性建筑：【政府大
-[...4 lines deleted...]
-                后前往绚丽多彩的世界性地标【滨海湾花园户外广场】(约30分钟)。作为新加坡“大自然中的城市”愿景中的重要一环，滨海湾花园既是一座国家花园，也是一个展现园林与花卉之美的顶尖园艺景点。滨海湾花园由三座临海花园构成：滨海南花园（Bay South Garden）、滨海东花园（BayEast Garden）以及滨海中花园（Bay Central Garden）。（该景点对公众免费开放，不含小景点门票。）
+                后乘车前往著名的【鱼尾狮公园】（约60分钟），鱼尾狮像就坐落于新加坡河畔，是新加坡的标志和象征新加坡的标志性景点之一。代表新加坡形象的鱼尾狮吐出强劲有力的水柱。因为临河临海，微风徐徐，在公园里散步也是非常惬意的。公园周围地带的其它新加坡著名的地标性建筑：【政府大厦】、【高等法院】、【维多利亚剧院】、【国会大厦】、【莱佛士铜像】等等的市区观光（车游），旧国会大厦始建于1827年，是新加坡最古老的政府建筑物，现已改为旧国会大厦艺术之家。同时你也可以看到新加坡政府耗资5亿9600万元建造的【滨海艺术中心】，从外观造型上看，它很像一颗剖开两瓣的榴莲。从2002年10月建成启用至今，这个被俗称为“榴莲剧院”的奇异建筑，被公认为是新加坡的地标，非常有新加坡特色。
+                <w:br/>
+                后前往绚丽多彩的世界性地标【滨海湾花园户外广场】(约30分钟)。作为新加坡“大自然中的城市”愿景中的重要一环，滨海湾花园既是一座国家花园，也是一个展现园林与花卉之美的顶尖园艺景点。（该景点对公众免费开放，不含小景点门票。）
                 <w:br/>
                 〖温馨提示〗 请提前3小时到达广州机场。
                 <w:br/>
                 交通：参考航班：TR101  1040-1500
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海南鸡饭   </w:t>
             </w:r>
           </w:p>
@@ -765,68 +764,68 @@
                 马六甲 - 吉隆坡
                 <w:br/>
                 早餐后游览【荷兰红屋广场】、【女皇钟楼】、【圣保罗教堂】、【圣地亚哥古城门】（约60分钟）。荷兰红屋坐落于马六甲河畔，建于1641至1660年间，整个广场由红色建筑物围绕，并有一座红色的钟塔和维多利亚时代所建的喷水池，是东南亚最古老的荷兰建筑物。
                 <w:br/>
                 午餐后前往马来西亚首都【吉隆坡】（车程约2小时），这里被称为“花园城市”，终年如夏，灼热的赤道阳光和常常不期而至的落雨，给这座五彩斑斓，活力四射的城市增添了迷人的色彩。
                 <w:br/>
                 继而前往马来西亚行政中心【太子城】（约60分钟）。【水上清真寺】结合传统马来与穆斯林风格，由花岗岩打造的粉红色圆顶。【布城湖】作为人工湖也是都市规画的一部份，为的是提供这新兴都市水源及蓄洪等功能。外观【首相署】位于布城中心点，融合伊斯兰与欧式建筑风格！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：娘惹餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">网评四钻参考酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：古城鸡饭粒     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">升级2晚吉隆坡万豪旗下国际五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -868,116 +867,194 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：古早肉骨茶     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">网评四钻参考酒店</w:t>
+              <w:t xml:space="preserve">升级2晚吉隆坡万豪旗下国际五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                吉隆坡 - 广州
-[...3 lines deleted...]
-                后前往吉隆坡国际机场，乘搭国际航班飞往广州机场。航班抵达广州机场后散团，结束愉快的旅程！
+                吉隆坡 - 新山 - 新加坡
+                <w:br/>
+                早餐后，前往吉隆坡市区参观的是举世闻名的【独立广场】（车程约45分钟，外观约45分
+                <w:br/>
+                钟），1957年8月31日午夜，英国国旗在此降下，马来西亚国旗首次升起。广场的南端有一个95米高的旗杆，在世界上最高的旗杆之一。此后，每年8月31日的国庆游行在此举行。周围具有历史价值的建筑物【最高法院】，然后前往闻名世界的【双峰塔】（远观拍照约15分钟）。还有【国家清真寺】（外观）。
+                <w:br/>
+                后返回新山（车程约5小时）前往新加坡机场（车程约1小时）。
                 <w:br/>
                 〖温馨提示〗返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：AK116 1635-2055
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：面包鸡、奶油虾     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                新加坡 - 广州
+                <w:br/>
+                后乘搭国际航班飞往广州机场。航班抵达广州机场散团，结束愉快的旅程！
+                <w:br/>
+                交通：参考航班：TR100  0525-0930
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1022,59 +1099,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.广州--新加坡/吉隆坡--广州 往返含税机票
+                1.广州-新加坡往返含税机票，含往返程20KG行李托运额。
                 <w:br/>
                 2.行程中所列景点首道门票（非注明自费项目）。
                 <w:br/>
                 3.空调旅游车(根据团队人数保证每人1正座)。自由活动期间不包含用车。
                 <w:br/>
                 4.用餐：4早5正（新加坡1正，马来西亚4正），早餐不用不退，正餐餐标40元/人。正餐十人一桌，或定食套餐每人一份，团队用餐，不用不退，敬请谅解！
                 <w:br/>
-                5.10人以上全程安排领队及当地中文导游服务，10人以下无领队，当地安排司兼导服务；
+                5.10人以上安排当地中文导游服务（接驳期间或自由活动期间不含导游服务），10人以下安排中文司机服务（司机车上简单讲解，不带进景点）；
+                <w:br/>
+                备注：如游客自行参加的是高风险活动(包括但不限于水上水下、高速高空、山上活动或其他有风险的活动等) ，旅行社建议游客另行购买专项人身意外保险。
                 <w:br/>
                 6.签证：中国大陆护照免签（免签护照或自备签证无费用退）。
                 <w:br/>
                 7.全程行程所列星级酒店标准间（二人一间）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1082,61 +1161,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.航空公司燃油附加税临时升幅。
+                1.飞机餐以及航空公司燃油附加税临时升幅。
                 <w:br/>
                 2.酒店单房差、国内到广州机场往返交通。
                 <w:br/>
                 3.一切个人开支及人力不可抗力因素产生的额外费用。
                 <w:br/>
-                4.单人入住房差￥1400。
+                4.单人入住房差￥1600。
                 <w:br/>
                 5.离团费￥800/人/天。
                 <w:br/>
-                6.马来西亚酒店旅游税金10马币1间/晚。
+                6.马来西亚酒店旅游税金10马币1间/晚；槟城、马六甲文化遗产税3马币1间/晚（如有）；吉隆坡、雪兰莪州酒店永续发展税7马币1间/晚，现付酒店。
                 <w:br/>
                 7.自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 8.酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
                 <w:br/>
                 9.行程中包含的餐以外的餐食，需要自理。
                 <w:br/>
                 10.全程司导领服务费380/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -1243,227 +1322,156 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">华盛南洋珍宝馆</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">90 分钟</w:t>
+              <w:t xml:space="preserve">新洲老店/仁济堂/永泰行</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">蜂疗、金狮子油、双料膏等当地特色产品</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">舒适乳胶店/马来西亚特产专卖店</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">各式乳胶产品 床垫 枕头 寝具 /马来西亚特产 燕窝 东革阿里</w:t>
+              <w:t xml:space="preserve">集品土产店 / 品利土产店 / 南洋欢喜土产中心 / 华盛南</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">沉香 金珍珠 砗磲/燕窝 东革阿里 咖啡 饼干</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">90 分钟</w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:t xml:space="preserve">30 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1598,51 +1606,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">马六甲+ 吉隆坡</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马六甲网红三轮车巡游+河畔壁画+游河体验不一样的历史异国风情
                 <w:br/>
-                吉隆坡双子塔外夜游+亚罗街夜市+升级特色海鲜餐
+                吉隆坡双子塔外夜游+亚罗街夜市+亚罗街夜市特色餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1707,107 +1715,107 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
-                1. 12岁以下小孩不占床加200/人，占床加700/人；12-18岁小孩必须占床， 占床加700/人。18岁以下需家属陪同。
-[...3 lines deleted...]
-                3. 65岁（含）以上老人加收400/人，需家属陪同，并提交健康证明及签署免责书，
+                1. 12岁以下小孩不占床加200/人，占床加700/人；12-18岁小孩必须占床加700/人。18岁以下需家属陪同。
+                <w:br/>
+                2. 2岁以下婴儿不含飞机座（手抱）、不占床位￥1000/人。
+                <w:br/>
+                3. 65岁（含）以上老人加收400/人，需家属陪同，并提交健康证明及签署免责书。
                 <w:br/>
                 4. 外籍人士及港澳台人士加收￥500/人，签证自理；港澳台护照携带有效期内回乡证/台胞证。外籍护照必须有二次或多次入中国的有效签注。
                 <w:br/>
                 5. 本产品无法接待80岁以上长者、孕妇以及有精神类疾病患者，敬请谅解！如报名时隐瞒病情，导致的任何后果，皆由客人自行承担。
                 <w:br/>
-                特别提示：被国家机关限制出境的人员请勿报名，包括但不限于：失信人员、涉嫌诈骗人员，涉诈高危人员、法律和行政法规规定不准出境的其他情形的人员等，如因客人自身隐瞒而造成的损失，客人自行承担。
+                特别提示：被国家机关限制出境的人员切勿报名，包括但不限于：失信人员、涉嫌诈骗人员，涉诈高危人员、法律和行政法规规定不准出境的其他情形的人员等，如因客人自身隐瞒而造成的损失，客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">有效期在六个月以上（指护照有效期＞回程时间+6 个月）和两页签证空白页（不含备注页），客户报名前必须自己确认护照有效期，否则因护照过期导致无法出游，责任自负；</w:t>
+              <w:t xml:space="preserve">有效期在六个月以上（指护照有效期＞回程时间+6个月）和两页签证空白页（不含备注页），客户报名前必须自己确认护照有效期，否则因护照过期导致无法出游，责任自负；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1847,51 +1855,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>