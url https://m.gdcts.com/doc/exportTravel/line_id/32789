--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【白鹭湖喜来登】惠州2天 | 惠州植物园 | 大亚湾 | 东坡祠 | 水东街 |行程单</w:t>
+        <w:t xml:space="preserve">【冬日限定·流溪香雪赏花】惠州2天 | 天然吸氧圣地·住私家泡池房丨最早冬季赏梅圣地·超十万白梅绽放行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250523SP33642279</w:t>
+              <w:t xml:space="preserve">TX-20251222SP79765332</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,122 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上下车信息出发点：
-[...11 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                【上车点】
+                <w:br/>
+                08：00梅东路（杨箕地铁站D出口）
+                <w:br/>
+                08：40基盛万科肯德基（番禺广场地铁站E出口）
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内10人或以上可定点接送
+                <w:br/>
+                (下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区)
+                <w:br/>
+                下车点：纪念堂地铁站/番禺广场/定点接送
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                √ 住惠州白鹭湖喜来登度假酒店畅游室内恒温泳池
-[...11 lines deleted...]
-                √ 娱乐升级：人数最多一组赠送一间KTV或一副自动麻将，使用时间14-18点（二者选一，先报先得）
+                行程特色：
+                <w:br/>
+                季节限定：岭南冬日的一场雪色浪漫—流溪香雪
+                <w:br/>
+                食足3餐：2正1早，享【客家胡须鸡风味宴】~
+                <w:br/>
+                入住南昆山漫登堡水乐园温泉酒店【山景房，带私家泡池】
+                <w:br/>
+                娱乐升级：10人以上同时报名，赠送1台麻将（每团2个名额）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,156 +573,169 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地-午餐自理—惠州植物园—东坡祠-水东街--惠州白鹭湖喜来登度假酒店
-[...7 lines deleted...]
-                随后前往【惠州喜来登度假酒店】，（车程约30分钟），入住惠州白鹭湖喜来登度假酒店，惠州白鹭湖雅居乐喜来登度假酒店位于惠州市惠城区汝湖镇雅居乐大道1号，毗邻美丽的白鹭湖，距离惠州西湖仅17分钟车程。酒店由万豪酒店国际集团管理，雅居乐地产控股有限公司投资兴建，是一家国际五星级豪华酒店，酒店周边的白鹭湖是一个自然生态保护区，每年吸引大量候鸟前来觅食，是摄影爱好者的天堂，白鹭湖在酒店的周边，拥有室内外泳池，豪叹酒店海鲜自助晚餐。
+                第一天：广州—流溪河—入住酒店                       含：午餐、晚餐                    住：龙门南昆山漫登堡水乐园温泉酒店
+                <w:br/>
+                早上指定时间/地点集中出发，乘车前往增城（车程约1.5小时）。
+                <w:br/>
+                10:30 抵达后游览【流溪河国家森林公园】（游览约1.5小时）流溪河国家森林公园梅林占地面积有3000多亩，建成25个梅园，是东南亚公园最大的一片梅林，也是我国梅花报春的领先者，开花时漫山遍野白如飘雪，山上葱翠竹木，山下湛蓝湖水相映衬，真是南国一大奇观。梅花观赏园内更有关山月先生题词“流溪香雪”词牌，每年元旦前后十天为盛花期，游人纷纷前来赏“雪”。
+                <w:br/>
+                12:00 前往享用龙门特色宴【客家胡须鸡风味宴】.
+                <w:br/>
+                13:00 前往入住【龙门南昆山漫登堡水乐园温泉酒店】山景房，带阳台、私家泡池，每间房包含双人自助早餐+房间内露台私家泡池温泉(限两池)+依云小火车;【房型：1.8米大床/1.5 米双床两张】。（车程约30分钟）
+                <w:br/>
+                【龙昆山漫登堡水乐园温泉酒店】作为位于南昆山依云四季小镇地产项目旗下的温泉酒店具有温泉入户的特点，每个房间自带泡池，酒店内含有泳池、泳道公区，其中包括儿童游乐区，设计精美布局巧妙的客房，结合自然山水的元素，整体呈现一种典雅不失时尚的空间感。
+                <w:br/>
+                娱乐升级：10人以上同时报名，赠送1台麻将（每团2个名额，先报先得）
+                <w:br/>
+                18:00 酒店享用养生晚餐（碟头饭，酒店赠送，不用不退）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜自助晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">惠州白鹭湖喜来登度假酒店</w:t>
+              <w:t xml:space="preserve">龙门南昆山漫登堡水乐园温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店自助早餐—大亚湾-回程广州
-[...3 lines deleted...]
-                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                第二天：漫登堡—返程                                  含：早餐                           住：温馨的家
+                <w:br/>
+                08:00 享用早餐。
+                <w:br/>
+                10:00退房后前往【万洞古村】（游览约1.5小时）建筑风格独特，充满了南方水乡的特色。其中最具代表性的是“三合堂”、“三进院”和“四合院”等建筑形式。这些建筑大多采用木结构和砖瓦结构，屋顶多为青瓦，给人一种古朴典雅的感觉。村内还有一座明代的钟楼，高约12米，是村庄的标志。钟楼四面设有对联，上书“云起云落”，寓意着村庄的兴衰与盛衰。除了建筑风格独特外，万洞古村还有丰富的历史文化底蕴。在古村内，可以看到许多砖雕、木雕、石雕等传统工艺品，展示了惠州传统工艺的精湛技艺。古村内还有一些古老的手工业作坊，如制作纸扇、编织竹篮等，让人们领略到古代手工艺的魅力。万洞古村还是一座文人墨客的聚集地。自宋代以来，这里就出了许多文人墨客，他们以诗词、书画等形式表达自己的情感和思想。
+                <w:br/>
+                12:00 自理午餐
+                <w:br/>
+                13:00 结束愉快的行程，乘车返回温暖的家（车程约2小时）。
+                <w:br/>
+                <w:br/>
+                ------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：正宗印度特色饭（简餐）     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -769,61 +780,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...9 lines deleted...]
-                6、购物：无
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2.用餐：2正1早（10-12人一围、不用不退；行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
+                <w:br/>
+                3.住宿：惠州龙门南昆山漫登堡水乐园温泉酒店；
+                <w:br/>
+                4.景点：行程所含景点首道大门票；
+                <w:br/>
+                5.导游：提供专业导游服务。
+                <w:br/>
+                6.购物：无；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -902,51 +913,76 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。</w:t>
+              <w:t xml:space="preserve">
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1053,51 +1089,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>